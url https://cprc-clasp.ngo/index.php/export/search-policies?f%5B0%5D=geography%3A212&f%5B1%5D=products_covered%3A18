--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -12,179 +12,198 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -448,233 +467,254 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="134" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="149" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="601.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...22 lines deleted...]
-        <v>29</v>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>