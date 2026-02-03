--- v0 (2025-10-14)
+++ v1 (2026-02-03)
@@ -12,209 +12,237 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,315 +506,348 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="198" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="198.095" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="355.056" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="85.979" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2017</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2005</v>
+      </c>
+      <c r="I4">
+        <v>2008</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...60 lines deleted...]
-      <c r="K4" t="s">
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
         <v>35</v>
-      </c>
-[...47 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>