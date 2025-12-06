--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,305 +12,387 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>Refrigerators-Freezers, Freezers-only</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...5 lines deleted...]
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -574,663 +656,742 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="161.532" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>65</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>67</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>69</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2004</v>
+      </c>
+      <c r="I10">
+        <v>2010</v>
+      </c>
+      <c r="J10" t="s">
+        <v>80</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>85</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>59</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-    </row>
-[...464 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="N13" t="s">
-        <v>71</v>
+        <v>96</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>