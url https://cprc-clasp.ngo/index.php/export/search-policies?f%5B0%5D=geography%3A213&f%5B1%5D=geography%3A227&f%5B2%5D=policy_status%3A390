--- v0 (2025-10-12)
+++ v1 (2026-02-06)
@@ -12,272 +12,240 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
-    <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
+    <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
-    <t>Refrigerators-Freezers</t>
-[...8 lines deleted...]
-    <t>November 2020</t>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
-[...67 lines deleted...]
-  <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -541,489 +509,300 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="639.273" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...78 lines deleted...]
-      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
-        <v>37</v>
-[...95 lines deleted...]
-      <c r="C7" t="s">
         <v>47</v>
       </c>
-      <c r="D7" t="s">
-[...27 lines deleted...]
-      <c r="N7" t="s">
+      <c r="O4" t="s">
         <v>48</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" t="s">
+      <c r="P4" t="s">
         <v>49</v>
-      </c>
-[...77 lines deleted...]
-        <v>60</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>