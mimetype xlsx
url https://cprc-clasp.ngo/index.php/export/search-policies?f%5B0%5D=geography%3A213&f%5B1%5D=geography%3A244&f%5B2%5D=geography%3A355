--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -2031,51 +2031,51 @@
       </c>
       <c r="P17" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>119</v>
       </c>
       <c r="B18" t="s">
         <v>120</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>121</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>122</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18">
         <v>2024</v>
       </c>
       <c r="J18" t="s">
         <v>123</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>124</v>
       </c>
       <c r="M18" t="s">
         <v>25</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
         <v>125</v>
       </c>