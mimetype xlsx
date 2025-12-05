--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -12,371 +12,471 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Comparative Label</t>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -640,823 +740,926 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2016</v>
       </c>
-      <c r="H2">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>59</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>61</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>68</v>
+      </c>
+      <c r="F8" t="s">
+        <v>69</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>66</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" t="s">
+        <v>69</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>76</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>64</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" t="s">
+        <v>69</v>
+      </c>
+      <c r="G10" t="s">
+        <v>57</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>70</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>71</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>66</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" t="s">
+        <v>69</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H11">
+        <v>2006</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>70</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>71</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F12" t="s">
+        <v>69</v>
+      </c>
+      <c r="G12" t="s">
+        <v>57</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>70</v>
+      </c>
+      <c r="K12" t="s">
+        <v>90</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M12" t="s">
+        <v>71</v>
+      </c>
+      <c r="N12" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" t="s">
+        <v>69</v>
+      </c>
+      <c r="G13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>70</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>71</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>68</v>
+      </c>
+      <c r="F14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>70</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>71</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" t="s">
+        <v>69</v>
+      </c>
+      <c r="G15" t="s">
+        <v>57</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>70</v>
+      </c>
+      <c r="K15" t="s">
+        <v>108</v>
+      </c>
+      <c r="L15" t="s">
+        <v>109</v>
+      </c>
+      <c r="M15" t="s">
+        <v>71</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>66</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" t="s">
+        <v>69</v>
+      </c>
+      <c r="G16" t="s">
+        <v>57</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>70</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>115</v>
+      </c>
+      <c r="M16" t="s">
+        <v>71</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D17" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>121</v>
+      </c>
+      <c r="G17" t="s">
+        <v>57</v>
+      </c>
+      <c r="H17">
         <v>2016</v>
       </c>
-      <c r="H3">
-[...592 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>92</v>
+        <v>123</v>
       </c>
       <c r="N17" t="s">
-        <v>93</v>
+        <v>124</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>