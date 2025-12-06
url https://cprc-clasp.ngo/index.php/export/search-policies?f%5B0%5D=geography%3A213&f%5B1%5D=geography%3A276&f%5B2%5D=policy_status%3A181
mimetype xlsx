--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,344 +12,441 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Comparative Label</t>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -613,787 +710,884 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="639.273" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="207.521" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2016</v>
       </c>
-      <c r="H2">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>59</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>61</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>70</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>58</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" t="s">
+        <v>50</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>58</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...8 lines deleted...]
-      <c r="G3">
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>67</v>
+      </c>
+      <c r="G11" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>75</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>67</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>78</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>67</v>
+      </c>
+      <c r="G13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>58</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>78</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>67</v>
+      </c>
+      <c r="G14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H14">
         <v>2016</v>
       </c>
-      <c r="H3">
+      <c r="I14">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="J14" t="s">
+        <v>58</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>78</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>67</v>
+      </c>
+      <c r="G15" t="s">
+        <v>57</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>89</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>78</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>111</v>
+      </c>
+      <c r="P15" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>75</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>67</v>
+      </c>
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...25 lines deleted...]
-      <c r="G4">
+      <c r="H16">
         <v>2016</v>
       </c>
-      <c r="H4">
-[...85 lines deleted...]
-      <c r="H6">
+      <c r="I16">
         <v>2019</v>
       </c>
-      <c r="I6" t="s">
-[...352 lines deleted...]
-      <c r="N14" t="s">
+      <c r="J16" t="s">
+        <v>89</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
         <v>78</v>
       </c>
-    </row>
-[...77 lines deleted...]
-      </c>
       <c r="N16" t="s">
-        <v>84</v>
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>