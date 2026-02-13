--- v0 (2025-10-13)
+++ v1 (2026-02-13)
@@ -12,509 +12,402 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>Refrigerated Cabinets</t>
+    <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>AS 1731.1-13:2003</t>
+    <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
-[...5 lines deleted...]
-    <t>Heat Pumps, Room ACs - Stationary ACs</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.1:2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.1:2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
+  </si>
+  <si>
+    <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>KS IEC/TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
+    <t>labeling for clothes dryers</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>AS/NZS 2442.2:2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>labeling for clothes washers</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>AS/NZS 2040.2:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>labeling for dishwashers</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>AS/NZS 2007.2:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL for Computer Monitors</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
+    <t>Displays</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>August 2018</t>
-[...116 lines deleted...]
-    <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
+    <t>AS/NZS 5815.2:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for ballasts for fluorescent lamps</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>September 2018</t>
-[...109 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
-    <t>MEPS for Hot Water Systems</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
-    <t>Minimum energy performance requirements for three phase electric motors</t>
-[...35 lines deleted...]
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -778,1351 +671,732 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N29"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>48</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>51</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1990</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1990</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>56</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1987</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>57</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>57</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>31</v>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>57</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>92</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2008</v>
       </c>
-      <c r="H4">
-[...2 lines deleted...]
-      <c r="I4" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>57</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="F13" t="s">
+        <v>75</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...381 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="N13" t="s">
-        <v>74</v>
-[...250 lines deleted...]
-      <c r="N19" t="s">
         <v>101</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" t="s">
+      <c r="O13" t="s">
         <v>102</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="P13" t="s">
         <v>103</v>
-      </c>
-[...417 lines deleted...]
-        <v>139</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>