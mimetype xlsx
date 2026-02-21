--- v0 (2025-10-15)
+++ v1 (2026-02-21)
@@ -12,476 +12,298 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
-[...5 lines deleted...]
-    <t>Air Conditioning</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>March 2025</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>MS ISO 5151:2012
-[...3 lines deleted...]
-  <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
-[...27 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...23 lines deleted...]
-    <t>Refrigeration, Freezers-only</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
+  </si>
+  <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
-[...10 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
-[...84 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
+    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
+  </si>
+  <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>MS IEC 60456: 2012
-[...7 lines deleted...]
-    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
-    <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
-    <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
-    <t>Guide on Minimum Energy Performance Standards for Television</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>NMG 202-1 National quality standards for pico-PV products</t>
-[...38 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -745,1147 +567,494 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="563.862" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2025</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2025</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5">
         <v>2013</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>38</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
         <v>25</v>
       </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>38</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...430 lines deleted...]
-      <c r="A13" t="s">
+      <c r="O8" t="s">
         <v>65</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="P8" t="s">
         <v>66</v>
-      </c>
-[...505 lines deleted...]
-        <v>116</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>