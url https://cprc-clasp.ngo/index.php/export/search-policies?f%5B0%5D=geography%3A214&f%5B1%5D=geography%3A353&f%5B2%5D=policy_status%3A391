--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -12,437 +12,519 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
+  </si>
+  <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -706,1155 +788,1302 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="170" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="170.958" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="198.095" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1998</v>
+      </c>
+      <c r="I2">
+        <v>2012</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>34</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
         <v>2008</v>
       </c>
-      <c r="H3">
-[...11 lines deleted...]
-      <c r="L3" t="s">
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="K4" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="M4" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>34</v>
       </c>
-    </row>
-    <row r="5" spans="1:14">
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2008</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2006</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...2 lines deleted...]
-      <c r="L5" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M5" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...16 lines deleted...]
-      <c r="E6" t="s">
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6">
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...2 lines deleted...]
-      <c r="L6" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="M6" t="s">
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...16 lines deleted...]
-      <c r="E7" t="s">
+      <c r="L8" t="s">
+        <v>60</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...8 lines deleted...]
-      <c r="I7" t="s">
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...74 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>65</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2002</v>
       </c>
-      <c r="I9" t="s">
+      <c r="I9">
+        <v>2002</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>66</v>
+      </c>
+      <c r="L9" t="s">
+        <v>67</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
-[...5 lines deleted...]
-      <c r="L9" t="s">
+      <c r="F10" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1998</v>
+      </c>
+      <c r="I10">
+        <v>2009</v>
+      </c>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="M9" t="s">
-[...31 lines deleted...]
-      <c r="I10" t="s">
+      <c r="K10" t="s">
+        <v>66</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>34</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J10" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>44</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
-      <c r="I11" t="s">
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>76</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>34</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>78</v>
+      </c>
+      <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...2 lines deleted...]
-      <c r="L11" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>80</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>81</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="M11" t="s">
+      <c r="K13" t="s">
+        <v>66</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>85</v>
+      </c>
+      <c r="P13" t="s">
         <v>29</v>
       </c>
-      <c r="N11" t="s">
-[...16 lines deleted...]
-      <c r="E12" t="s">
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>86</v>
+      </c>
+      <c r="B14" t="s">
+        <v>87</v>
+      </c>
+      <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="F12" t="s">
-[...8 lines deleted...]
-      <c r="I12" t="s">
+      <c r="D14" t="s">
+        <v>88</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2010</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
         <v>66</v>
       </c>
-      <c r="J12" t="s">
+      <c r="L14" t="s">
+        <v>89</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>90</v>
+      </c>
+      <c r="P14" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>91</v>
+      </c>
+      <c r="B15" t="s">
+        <v>92</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>93</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...118 lines deleted...]
-        <v>2002</v>
+      <c r="G15" t="s">
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2002</v>
       </c>
-      <c r="I15" t="s">
+      <c r="I15">
+        <v>2002</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>94</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>95</v>
+      </c>
+      <c r="P15" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>96</v>
+      </c>
+      <c r="B16" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>98</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J15" t="s">
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
-[...2 lines deleted...]
-      <c r="L15" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1999</v>
+      </c>
+      <c r="I16">
+        <v>2009</v>
+      </c>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="M15" t="s">
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...16 lines deleted...]
-      <c r="E16" t="s">
+      <c r="L16" t="s">
+        <v>99</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>100</v>
+      </c>
+      <c r="P16" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>101</v>
+      </c>
+      <c r="B17" t="s">
+        <v>102</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
       </c>
-      <c r="F16" t="s">
-[...8 lines deleted...]
-      <c r="I16" t="s">
+      <c r="D17" t="s">
+        <v>64</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J16" t="s">
+      <c r="F17" t="s">
+        <v>65</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2002</v>
+      </c>
+      <c r="I17">
+        <v>2010</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>66</v>
+      </c>
+      <c r="L17" t="s">
+        <v>103</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>104</v>
+      </c>
+      <c r="P17" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>105</v>
+      </c>
+      <c r="B18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>64</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>65</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2002</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>107</v>
+      </c>
+      <c r="P18" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>108</v>
+      </c>
+      <c r="B19" t="s">
+        <v>109</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>110</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K16" t="s">
-[...118 lines deleted...]
-        <v>2002</v>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2002</v>
       </c>
-      <c r="I19" t="s">
+      <c r="I19">
+        <v>2002</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>111</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>34</v>
+      </c>
+      <c r="O19" t="s">
+        <v>112</v>
+      </c>
+      <c r="P19" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>113</v>
+      </c>
+      <c r="B20" t="s">
+        <v>114</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>115</v>
+      </c>
+      <c r="E20" t="s">
         <v>20</v>
       </c>
-      <c r="J19" t="s">
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
-      <c r="I20" t="s">
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>116</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>117</v>
+      </c>
+      <c r="P20" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" t="s">
         <v>20</v>
       </c>
-      <c r="J20" t="s">
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K20" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
-      <c r="I21" t="s">
+      <c r="I21">
+        <v>2012</v>
+      </c>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>121</v>
+      </c>
+      <c r="P21" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
+        <v>123</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>124</v>
+      </c>
+      <c r="E22" t="s">
         <v>20</v>
       </c>
-      <c r="J21" t="s">
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K21"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
-      <c r="I22" t="s">
-        <v>20</v>
+      <c r="I22">
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L22" t="s">
         <v>23</v>
       </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N22" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>125</v>
+      </c>
+      <c r="P22" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>102</v>
+        <v>126</v>
       </c>
       <c r="B23" t="s">
-        <v>103</v>
+        <v>127</v>
       </c>
       <c r="C23" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="D23" t="s">
-        <v>105</v>
+        <v>129</v>
       </c>
       <c r="E23" t="s">
-        <v>106</v>
+        <v>130</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>131</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2018</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2022</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>108</v>
+        <v>132</v>
       </c>
       <c r="K23" t="s">
-        <v>109</v>
+        <v>133</v>
       </c>
       <c r="L23" t="s">
-        <v>110</v>
+        <v>134</v>
       </c>
       <c r="M23" t="s">
-        <v>111</v>
+        <v>135</v>
       </c>
       <c r="N23" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>136</v>
+      </c>
+      <c r="O23" t="s">
+        <v>137</v>
+      </c>
+      <c r="P23" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>113</v>
+        <v>139</v>
       </c>
       <c r="B24" t="s">
-        <v>103</v>
+        <v>140</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="D24" t="s">
-        <v>105</v>
+        <v>129</v>
       </c>
       <c r="E24" t="s">
-        <v>106</v>
+        <v>130</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>131</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2018</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2022</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="K24" t="s">
-        <v>109</v>
+        <v>141</v>
       </c>
       <c r="L24" t="s">
-        <v>110</v>
+        <v>134</v>
       </c>
       <c r="M24" t="s">
-        <v>111</v>
+        <v>135</v>
       </c>
       <c r="N24" t="s">
-        <v>115</v>
+        <v>136</v>
+      </c>
+      <c r="O24" t="s">
+        <v>142</v>
+      </c>
+      <c r="P24" t="s">
+        <v>138</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>