--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,349 +12,437 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -618,749 +706,842 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="134" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="655.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="165.103" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>25</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>82</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>84</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>82</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>84</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>86</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>82</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>54</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>84</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>86</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>82</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>84</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>86</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>109</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>110</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L15"/>
+      <c r="M15" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N15" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...540 lines deleted...]
-        <v>83</v>
+      <c r="O15" t="s">
+        <v>111</v>
+      </c>
+      <c r="P15" t="s">
+        <v>112</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>