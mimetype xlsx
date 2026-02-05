--- v0 (2025-10-12)
+++ v1 (2026-02-05)
@@ -12,335 +12,426 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>Refrigerators-Freezers, Freezers-only</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -604,789 +695,888 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="134" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="165.103" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-        <v>30</v>
+      <c r="I3">
+        <v>2019</v>
       </c>
       <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2004</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
         <v>31</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>63</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>63</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>54</v>
+      </c>
+      <c r="E10" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>36</v>
+      </c>
+      <c r="M12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>91</v>
+      </c>
+      <c r="M13" t="s">
+        <v>37</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>97</v>
+      </c>
+      <c r="M14" t="s">
+        <v>37</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>103</v>
+      </c>
+      <c r="M15" t="s">
+        <v>37</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>108</v>
+      </c>
+      <c r="E16" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G16" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...26 lines deleted...]
-      <c r="K4" t="s">
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>109</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
         <v>37</v>
       </c>
-      <c r="L4" t="s">
-[...143 lines deleted...]
-      <c r="B8" t="s">
+      <c r="N16" t="s">
         <v>26</v>
       </c>
-      <c r="C8" t="s">
-[...369 lines deleted...]
-        <v>81</v>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>