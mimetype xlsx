--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,242 +12,288 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>Refrigerators-Freezers, Freezers-only</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -511,455 +557,506 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="134" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="165.103" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>36</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...249 lines deleted...]
-        <v>50</v>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>