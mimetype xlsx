--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,317 +12,393 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -586,659 +662,740 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="425.753" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="165.103" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>25</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>82</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>84</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>85</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>82</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>91</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>85</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>98</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...450 lines deleted...]
-        <v>75</v>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>