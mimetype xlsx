--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,239 +12,282 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -508,407 +551,452 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="134" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="425.753" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="165.103" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2008</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...27 lines deleted...]
-      <c r="J3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G5" t="s">
         <v>22</v>
-      </c>
-[...69 lines deleted...]
-        <v>2019</v>
       </c>
       <c r="H5">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-        <v>35</v>
+      <c r="I5">
+        <v>2019</v>
       </c>
       <c r="J5" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="K5" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="L5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="M5" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
-        <v>40</v>
+        <v>48</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
         <v>41</v>
       </c>
-      <c r="B6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2013</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2015</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="K6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="L6" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="M6" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="N6" t="s">
+        <v>48</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
         <v>45</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C7" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>47</v>
       </c>
-      <c r="D7" t="s">
-[...14 lines deleted...]
-      <c r="I7" t="s">
+      <c r="N7" t="s">
         <v>48</v>
       </c>
-      <c r="J7" t="s">
-[...10 lines deleted...]
-        <v>49</v>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>