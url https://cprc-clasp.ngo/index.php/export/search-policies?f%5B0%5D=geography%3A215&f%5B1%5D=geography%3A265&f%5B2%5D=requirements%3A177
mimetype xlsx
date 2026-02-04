--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,242 +12,282 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -511,405 +551,450 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="134" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="246.511" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...199 lines deleted...]
-        <v>50</v>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>