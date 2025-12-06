--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,311 +12,384 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -580,665 +653,744 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="134" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="425.753" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="165.103" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1986</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2004</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
-      </c>
-[...27 lines deleted...]
-        <v>2019</v>
       </c>
       <c r="H3">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-        <v>29</v>
+      <c r="I3">
+        <v>2019</v>
       </c>
       <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-        <v>32</v>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...56 lines deleted...]
-      <c r="E5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...17 lines deleted...]
-      <c r="L5" t="s">
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
         <v>42</v>
       </c>
-      <c r="M5" t="s">
-[...2 lines deleted...]
-      <c r="N5" t="s">
+      <c r="F6" t="s">
         <v>43</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <v>2006</v>
+      <c r="G6" t="s">
+        <v>22</v>
       </c>
       <c r="H6">
         <v>2006</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2006</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>57</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...7 lines deleted...]
-        <v>47</v>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...12 lines deleted...]
-      <c r="E7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...8 lines deleted...]
-      <c r="I7" t="s">
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...3 lines deleted...]
-      <c r="L7" t="s">
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
-      </c>
-[...27 lines deleted...]
-        <v>2016</v>
       </c>
       <c r="H8">
         <v>2016</v>
       </c>
-      <c r="I8" t="s">
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>51</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...3 lines deleted...]
-      <c r="M8" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1986</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="N8" t="s">
-        <v>53</v>
+      <c r="K10" t="s">
+        <v>78</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>79</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...24 lines deleted...]
-      <c r="I9" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>70</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
-[...8 lines deleted...]
-      <c r="M9" t="s">
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1986</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="N9" t="s">
-        <v>57</v>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>51</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...12 lines deleted...]
-      <c r="E10" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F10" t="s">
-[...8 lines deleted...]
-      <c r="I10" t="s">
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J10" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2011</v>
       </c>
-      <c r="I12" t="s">
-        <v>20</v>
+      <c r="I12">
+        <v>2011</v>
       </c>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K12" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>51</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
         <v>42</v>
       </c>
-      <c r="M12" t="s">
-[...10 lines deleted...]
-      <c r="B13" t="s">
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>95</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
         <v>26</v>
       </c>
-      <c r="C13" t="s">
-[...31 lines deleted...]
-        <v>73</v>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>