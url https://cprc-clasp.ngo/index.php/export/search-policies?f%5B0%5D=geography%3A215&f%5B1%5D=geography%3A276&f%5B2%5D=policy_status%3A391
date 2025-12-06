--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,248 +12,297 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -517,453 +566,504 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="148" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="425.753" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="207.521" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>45</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>43</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...244 lines deleted...]
-        <v>52</v>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>