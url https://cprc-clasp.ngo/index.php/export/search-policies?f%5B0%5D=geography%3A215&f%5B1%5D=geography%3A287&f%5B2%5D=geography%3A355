--- v0 (2025-12-13)
+++ v1 (2026-02-16)
@@ -2193,51 +2193,51 @@
       </c>
       <c r="P18" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>117</v>
       </c>
       <c r="B19" t="s">
         <v>118</v>
       </c>
       <c r="C19" t="s">
         <v>32</v>
       </c>
       <c r="D19" t="s">
         <v>119</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H19">
         <v>2021</v>
       </c>
       <c r="I19">
         <v>2024</v>
       </c>
       <c r="J19" t="s">
         <v>120</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>121</v>
       </c>
       <c r="M19" t="s">
         <v>37</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>122</v>
       </c>