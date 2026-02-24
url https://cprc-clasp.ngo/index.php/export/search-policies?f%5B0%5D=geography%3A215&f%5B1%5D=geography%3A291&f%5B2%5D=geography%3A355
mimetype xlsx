--- v0 (2025-12-15)
+++ v1 (2026-02-24)
@@ -2664,51 +2664,51 @@
       </c>
       <c r="P25" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>165</v>
       </c>
       <c r="B26" t="s">
         <v>166</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
         <v>56</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H26">
         <v>2021</v>
       </c>
       <c r="I26">
         <v>2024</v>
       </c>
       <c r="J26" t="s">
         <v>167</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
         <v>168</v>
       </c>
       <c r="M26" t="s">
         <v>25</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
         <v>169</v>
       </c>