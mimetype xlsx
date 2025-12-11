--- v0 (2025-10-13)
+++ v1 (2025-12-11)
@@ -12,257 +12,289 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-0</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
+  </si>
+  <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -526,391 +558,434 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="141" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="595.712" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="131.968" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>35</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...191 lines deleted...]
-      </c>
       <c r="K7" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="L7" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="M7" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="N7" t="s">
-        <v>55</v>
+        <v>63</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>