--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -12,389 +12,459 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>Refrigerators-Freezers, Freezers-only</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...4 lines deleted...]
-  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
+  </si>
+  <si>
+    <t>May 2025</t>
+  </si>
+  <si>
+    <t>NIS IEC 62722-2-1
+,   
+                    NIS IEC 62722-2 series
+,   
+                    NIS IEC 61000-4-11; NIS IEC 61000-4-5
+,   
+                    NIS IEC 61000-4-7; NIS IEC 61000-3-2
+,   
+                    NIS IEC 61643-11
+,   
+                    IES LM-79 CIE S 025
+,   
+                    NIS IEC TR 61547-1
+,   
+                    NIS IEC TR 63158
+,   
+                    NIS CISPR 15
+,   
+                    NIS IEC 61547</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Voluntary</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
+  </si>
+  <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -658,657 +728,738 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="161.532" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>49</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H6">
+        <v>2004</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G7" t="s">
+        <v>62</v>
+      </c>
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>74</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>83</v>
+      </c>
+      <c r="F10" t="s">
+        <v>74</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>58</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2024</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...21 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
         <v>31</v>
       </c>
-      <c r="L3" t="s">
-[...6 lines deleted...]
-        <v>34</v>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" t="s">
+        <v>74</v>
+      </c>
+      <c r="G12" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>46</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>101</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>46</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...413 lines deleted...]
-        <v>82</v>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>