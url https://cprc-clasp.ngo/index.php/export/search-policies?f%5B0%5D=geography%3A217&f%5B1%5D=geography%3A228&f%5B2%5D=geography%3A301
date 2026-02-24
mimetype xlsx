--- v0 (2025-12-11)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1535">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1534">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1135,60 +1135,61 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
   </si>
@@ -4129,53 +4130,50 @@
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
     <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
-  </si>
-[...1 lines deleted...]
-    <t>December 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
@@ -8510,55 +8508,53 @@
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>353</v>
       </c>
       <c r="B72" t="s">
         <v>354</v>
       </c>
       <c r="C72" t="s">
         <v>161</v>
       </c>
       <c r="D72" t="s">
         <v>355</v>
       </c>
       <c r="E72" t="s">
         <v>78</v>
       </c>
       <c r="F72" t="s">
         <v>39</v>
       </c>
       <c r="G72" t="s">
         <v>356</v>
       </c>
       <c r="H72">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I72"/>
       <c r="J72" t="s">
         <v>357</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
         <v>358</v>
       </c>
       <c r="M72" t="s">
         <v>359</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>360</v>
       </c>
       <c r="P72" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>362</v>
@@ -18718,2279 +18714,2279 @@
     <row r="286" spans="1:16">
       <c r="A286" t="s">
         <v>1330</v>
       </c>
       <c r="B286"/>
       <c r="C286" t="s">
         <v>520</v>
       </c>
       <c r="D286" t="s">
         <v>514</v>
       </c>
       <c r="E286" t="s">
         <v>78</v>
       </c>
       <c r="F286" t="s">
         <v>531</v>
       </c>
       <c r="G286" t="s">
         <v>1320</v>
       </c>
       <c r="H286">
         <v>2017</v>
       </c>
       <c r="I286"/>
       <c r="J286" t="s">
-        <v>1331</v>
+        <v>357</v>
       </c>
       <c r="K286" t="s">
         <v>24</v>
       </c>
       <c r="L286"/>
       <c r="M286" t="s">
         <v>1323</v>
       </c>
       <c r="N286" t="s">
         <v>27</v>
       </c>
       <c r="O286" t="s">
-        <v>1332</v>
+        <v>1331</v>
       </c>
       <c r="P286" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="287" spans="1:16">
       <c r="A287" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B287" t="s">
         <v>1333</v>
-      </c>
-[...1 lines deleted...]
-        <v>1334</v>
       </c>
       <c r="C287" t="s">
         <v>520</v>
       </c>
       <c r="D287" t="s">
         <v>578</v>
       </c>
       <c r="E287" t="s">
         <v>20</v>
       </c>
       <c r="F287" t="s">
         <v>79</v>
       </c>
       <c r="G287" t="s">
         <v>22</v>
       </c>
       <c r="H287">
         <v>2017</v>
       </c>
       <c r="I287">
         <v>2019</v>
       </c>
       <c r="J287" t="s">
         <v>560</v>
       </c>
       <c r="K287" t="s">
         <v>24</v>
       </c>
       <c r="L287"/>
       <c r="M287" t="s">
         <v>524</v>
       </c>
       <c r="N287" t="s">
         <v>27</v>
       </c>
       <c r="O287" t="s">
-        <v>1335</v>
+        <v>1334</v>
       </c>
       <c r="P287" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="288" spans="1:16">
       <c r="A288" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B288" t="s">
         <v>1336</v>
-      </c>
-[...1 lines deleted...]
-        <v>1337</v>
       </c>
       <c r="C288" t="s">
         <v>520</v>
       </c>
       <c r="D288" t="s">
-        <v>1338</v>
+        <v>1337</v>
       </c>
       <c r="E288" t="s">
         <v>78</v>
       </c>
       <c r="F288" t="s">
-        <v>1339</v>
+        <v>1338</v>
       </c>
       <c r="G288" t="s">
         <v>40</v>
       </c>
       <c r="H288">
         <v>2018</v>
       </c>
       <c r="I288"/>
       <c r="J288" t="s">
         <v>560</v>
       </c>
       <c r="K288" t="s">
         <v>24</v>
       </c>
       <c r="L288" t="s">
+        <v>1339</v>
+      </c>
+      <c r="M288" t="s">
         <v>1340</v>
       </c>
-      <c r="M288" t="s">
+      <c r="N288" t="s">
+        <v>27</v>
+      </c>
+      <c r="O288" t="s">
         <v>1341</v>
       </c>
-      <c r="N288" t="s">
-[...2 lines deleted...]
-      <c r="O288" t="s">
+      <c r="P288" t="s">
         <v>1342</v>
-      </c>
-[...1 lines deleted...]
-        <v>1343</v>
       </c>
     </row>
     <row r="289" spans="1:16">
       <c r="A289" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B289" t="s">
         <v>1344</v>
       </c>
-      <c r="B289" t="s">
+      <c r="C289" t="s">
         <v>1345</v>
-      </c>
-[...1 lines deleted...]
-        <v>1346</v>
       </c>
       <c r="D289" t="s">
         <v>145</v>
       </c>
       <c r="E289" t="s">
         <v>20</v>
       </c>
       <c r="F289" t="s">
         <v>21</v>
       </c>
       <c r="G289" t="s">
         <v>40</v>
       </c>
       <c r="H289">
         <v>2014</v>
       </c>
       <c r="I289"/>
       <c r="J289" t="s">
         <v>539</v>
       </c>
       <c r="K289" t="s">
         <v>24</v>
       </c>
       <c r="L289"/>
       <c r="M289" t="s">
+        <v>1346</v>
+      </c>
+      <c r="N289" t="s">
+        <v>27</v>
+      </c>
+      <c r="O289" t="s">
         <v>1347</v>
       </c>
-      <c r="N289" t="s">
-[...2 lines deleted...]
-      <c r="O289" t="s">
+      <c r="P289" t="s">
         <v>1348</v>
-      </c>
-[...1 lines deleted...]
-        <v>1349</v>
       </c>
     </row>
     <row r="290" spans="1:16">
       <c r="A290" t="s">
-        <v>1344</v>
+        <v>1343</v>
       </c>
       <c r="B290" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D290" t="s">
         <v>1350</v>
-      </c>
-[...4 lines deleted...]
-        <v>1351</v>
       </c>
       <c r="E290" t="s">
         <v>20</v>
       </c>
       <c r="F290" t="s">
         <v>21</v>
       </c>
       <c r="G290" t="s">
         <v>40</v>
       </c>
       <c r="H290">
         <v>2014</v>
       </c>
       <c r="I290"/>
       <c r="J290" t="s">
         <v>539</v>
       </c>
       <c r="K290" t="s">
         <v>66</v>
       </c>
       <c r="L290"/>
       <c r="M290" t="s">
-        <v>1347</v>
+        <v>1346</v>
       </c>
       <c r="N290" t="s">
         <v>27</v>
       </c>
       <c r="O290" t="s">
-        <v>1352</v>
+        <v>1351</v>
       </c>
       <c r="P290" t="s">
-        <v>1349</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="291" spans="1:16">
       <c r="A291" t="s">
-        <v>1344</v>
+        <v>1343</v>
       </c>
       <c r="B291" t="s">
-        <v>1353</v>
+        <v>1352</v>
       </c>
       <c r="C291" t="s">
-        <v>1346</v>
+        <v>1345</v>
       </c>
       <c r="D291" t="s">
         <v>924</v>
       </c>
       <c r="E291" t="s">
         <v>20</v>
       </c>
       <c r="F291" t="s">
         <v>21</v>
       </c>
       <c r="G291" t="s">
         <v>40</v>
       </c>
       <c r="H291">
         <v>2014</v>
       </c>
       <c r="I291"/>
       <c r="J291" t="s">
         <v>539</v>
       </c>
       <c r="K291" t="s">
         <v>24</v>
       </c>
       <c r="L291"/>
       <c r="M291" t="s">
-        <v>1347</v>
+        <v>1346</v>
       </c>
       <c r="N291" t="s">
         <v>27</v>
       </c>
       <c r="O291" t="s">
-        <v>1354</v>
+        <v>1353</v>
       </c>
       <c r="P291" t="s">
-        <v>1349</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="292" spans="1:16">
       <c r="A292" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B292" t="s">
         <v>1355</v>
       </c>
-      <c r="B292" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C292" t="s">
-        <v>1346</v>
+        <v>1345</v>
       </c>
       <c r="D292" t="s">
         <v>53</v>
       </c>
       <c r="E292" t="s">
         <v>20</v>
       </c>
       <c r="F292" t="s">
         <v>21</v>
       </c>
       <c r="G292" t="s">
         <v>22</v>
       </c>
       <c r="H292">
         <v>2006</v>
       </c>
       <c r="I292">
         <v>2015</v>
       </c>
       <c r="J292" t="s">
         <v>539</v>
       </c>
       <c r="K292" t="s">
         <v>24</v>
       </c>
       <c r="L292" t="s">
+        <v>1356</v>
+      </c>
+      <c r="M292" t="s">
+        <v>1346</v>
+      </c>
+      <c r="N292" t="s">
+        <v>27</v>
+      </c>
+      <c r="O292" t="s">
         <v>1357</v>
       </c>
-      <c r="M292" t="s">
-[...5 lines deleted...]
-      <c r="O292" t="s">
+      <c r="P292" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
     </row>
     <row r="293" spans="1:16">
       <c r="A293" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B293" t="s">
         <v>1360</v>
       </c>
-      <c r="B293" t="s">
+      <c r="C293" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D293" t="s">
         <v>1361</v>
-      </c>
-[...4 lines deleted...]
-        <v>1362</v>
       </c>
       <c r="E293" t="s">
         <v>20</v>
       </c>
       <c r="F293" t="s">
         <v>21</v>
       </c>
       <c r="G293" t="s">
         <v>40</v>
       </c>
       <c r="H293">
         <v>2014</v>
       </c>
       <c r="I293"/>
       <c r="J293" t="s">
         <v>539</v>
       </c>
       <c r="K293" t="s">
+        <v>1362</v>
+      </c>
+      <c r="L293" t="s">
         <v>1363</v>
       </c>
-      <c r="L293" t="s">
+      <c r="M293" t="s">
+        <v>1346</v>
+      </c>
+      <c r="N293" t="s">
+        <v>27</v>
+      </c>
+      <c r="O293" t="s">
         <v>1364</v>
       </c>
-      <c r="M293" t="s">
-[...5 lines deleted...]
-      <c r="O293" t="s">
+      <c r="P293" t="s">
         <v>1365</v>
-      </c>
-[...1 lines deleted...]
-        <v>1366</v>
       </c>
     </row>
     <row r="294" spans="1:16">
       <c r="A294" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D294" t="s">
         <v>1367</v>
-      </c>
-[...7 lines deleted...]
-        <v>1368</v>
       </c>
       <c r="E294" t="s">
         <v>20</v>
       </c>
       <c r="F294" t="s">
         <v>21</v>
       </c>
       <c r="G294" t="s">
         <v>40</v>
       </c>
       <c r="H294">
         <v>2015</v>
       </c>
       <c r="I294"/>
       <c r="J294" t="s">
         <v>539</v>
       </c>
       <c r="K294" t="s">
         <v>24</v>
       </c>
       <c r="L294" t="s">
+        <v>1368</v>
+      </c>
+      <c r="M294" t="s">
+        <v>1346</v>
+      </c>
+      <c r="N294" t="s">
+        <v>27</v>
+      </c>
+      <c r="O294" t="s">
         <v>1369</v>
       </c>
-      <c r="M294" t="s">
-[...5 lines deleted...]
-      <c r="O294" t="s">
+      <c r="P294" t="s">
         <v>1370</v>
-      </c>
-[...1 lines deleted...]
-        <v>1371</v>
       </c>
     </row>
     <row r="295" spans="1:16">
       <c r="A295" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B295" t="s">
         <v>1372</v>
       </c>
-      <c r="B295" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" t="s">
-        <v>1346</v>
+        <v>1345</v>
       </c>
       <c r="D295" t="s">
         <v>211</v>
       </c>
       <c r="E295" t="s">
         <v>20</v>
       </c>
       <c r="F295" t="s">
         <v>21</v>
       </c>
       <c r="G295" t="s">
         <v>40</v>
       </c>
       <c r="H295">
         <v>2014</v>
       </c>
       <c r="I295"/>
       <c r="J295" t="s">
         <v>539</v>
       </c>
       <c r="K295" t="s">
         <v>24</v>
       </c>
       <c r="L295" t="s">
+        <v>1373</v>
+      </c>
+      <c r="M295" t="s">
+        <v>1346</v>
+      </c>
+      <c r="N295" t="s">
+        <v>27</v>
+      </c>
+      <c r="O295" t="s">
         <v>1374</v>
       </c>
-      <c r="M295" t="s">
-[...5 lines deleted...]
-      <c r="O295" t="s">
+      <c r="P295" t="s">
         <v>1375</v>
-      </c>
-[...1 lines deleted...]
-        <v>1376</v>
       </c>
     </row>
     <row r="296" spans="1:16">
       <c r="A296" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B296" t="s">
         <v>1377</v>
       </c>
-      <c r="B296" t="s">
+      <c r="C296" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D296" t="s">
         <v>1378</v>
-      </c>
-[...4 lines deleted...]
-        <v>1379</v>
       </c>
       <c r="E296" t="s">
         <v>20</v>
       </c>
       <c r="F296" t="s">
         <v>21</v>
       </c>
       <c r="G296" t="s">
         <v>40</v>
       </c>
       <c r="H296">
         <v>2014</v>
       </c>
       <c r="I296"/>
       <c r="J296" t="s">
         <v>539</v>
       </c>
       <c r="K296" t="s">
         <v>284</v>
       </c>
       <c r="L296" t="s">
+        <v>1379</v>
+      </c>
+      <c r="M296" t="s">
+        <v>1346</v>
+      </c>
+      <c r="N296" t="s">
+        <v>27</v>
+      </c>
+      <c r="O296" t="s">
         <v>1380</v>
       </c>
-      <c r="M296" t="s">
-[...5 lines deleted...]
-      <c r="O296" t="s">
+      <c r="P296" t="s">
         <v>1381</v>
-      </c>
-[...1 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="297" spans="1:16">
       <c r="A297" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B297" t="s">
         <v>1383</v>
       </c>
-      <c r="B297" t="s">
+      <c r="C297" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D297" t="s">
         <v>1384</v>
-      </c>
-[...4 lines deleted...]
-        <v>1385</v>
       </c>
       <c r="E297" t="s">
         <v>20</v>
       </c>
       <c r="F297" t="s">
         <v>21</v>
       </c>
       <c r="G297" t="s">
         <v>40</v>
       </c>
       <c r="H297">
         <v>2015</v>
       </c>
       <c r="I297"/>
       <c r="J297" t="s">
         <v>539</v>
       </c>
       <c r="K297" t="s">
         <v>24</v>
       </c>
       <c r="L297" t="s">
+        <v>1385</v>
+      </c>
+      <c r="M297" t="s">
+        <v>1346</v>
+      </c>
+      <c r="N297" t="s">
+        <v>27</v>
+      </c>
+      <c r="O297" t="s">
         <v>1386</v>
       </c>
-      <c r="M297" t="s">
-[...5 lines deleted...]
-      <c r="O297" t="s">
+      <c r="P297" t="s">
         <v>1387</v>
-      </c>
-[...1 lines deleted...]
-        <v>1388</v>
       </c>
     </row>
     <row r="298" spans="1:16">
       <c r="A298" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B298" t="s">
         <v>1389</v>
-      </c>
-[...1 lines deleted...]
-        <v>1390</v>
       </c>
       <c r="C298" t="s">
         <v>37</v>
       </c>
       <c r="D298" t="s">
         <v>514</v>
       </c>
       <c r="E298" t="s">
         <v>20</v>
       </c>
       <c r="F298" t="s">
         <v>39</v>
       </c>
       <c r="G298" t="s">
         <v>22</v>
       </c>
       <c r="H298">
         <v>1991</v>
       </c>
       <c r="I298">
         <v>2009</v>
       </c>
       <c r="J298" t="s">
         <v>41</v>
       </c>
       <c r="K298" t="s">
         <v>24</v>
       </c>
       <c r="L298" t="s">
-        <v>1391</v>
+        <v>1390</v>
       </c>
       <c r="M298" t="s">
         <v>43</v>
       </c>
       <c r="N298" t="s">
         <v>27</v>
       </c>
       <c r="O298" t="s">
-        <v>1392</v>
+        <v>1391</v>
       </c>
       <c r="P298" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="299" spans="1:16">
       <c r="A299" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B299" t="s">
         <v>1393</v>
-      </c>
-[...1 lines deleted...]
-        <v>1394</v>
       </c>
       <c r="C299" t="s">
         <v>37</v>
       </c>
       <c r="D299" t="s">
         <v>514</v>
       </c>
       <c r="E299" t="s">
         <v>20</v>
       </c>
       <c r="F299" t="s">
         <v>39</v>
       </c>
       <c r="G299" t="s">
         <v>22</v>
       </c>
       <c r="H299">
         <v>1991</v>
       </c>
       <c r="I299">
         <v>2002</v>
       </c>
       <c r="J299" t="s">
         <v>41</v>
       </c>
       <c r="K299" t="s">
         <v>24</v>
       </c>
       <c r="L299" t="s">
         <v>629</v>
       </c>
       <c r="M299" t="s">
         <v>43</v>
       </c>
       <c r="N299" t="s">
         <v>27</v>
       </c>
       <c r="O299" t="s">
-        <v>1395</v>
+        <v>1394</v>
       </c>
       <c r="P299" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="300" spans="1:16">
       <c r="A300" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B300" t="s">
         <v>1396</v>
-      </c>
-[...1 lines deleted...]
-        <v>1397</v>
       </c>
       <c r="C300" t="s">
         <v>37</v>
       </c>
       <c r="D300" t="s">
         <v>514</v>
       </c>
       <c r="E300" t="s">
         <v>20</v>
       </c>
       <c r="F300" t="s">
         <v>39</v>
       </c>
       <c r="G300" t="s">
         <v>22</v>
       </c>
       <c r="H300">
         <v>1991</v>
       </c>
       <c r="I300">
         <v>2016</v>
       </c>
       <c r="J300" t="s">
         <v>41</v>
       </c>
       <c r="K300" t="s">
         <v>24</v>
       </c>
       <c r="L300" t="s">
-        <v>1398</v>
+        <v>1397</v>
       </c>
       <c r="M300" t="s">
         <v>635</v>
       </c>
       <c r="N300" t="s">
         <v>27</v>
       </c>
       <c r="O300" t="s">
-        <v>1399</v>
+        <v>1398</v>
       </c>
       <c r="P300" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="301" spans="1:16">
       <c r="A301" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B301" t="s">
         <v>1400</v>
-      </c>
-[...1 lines deleted...]
-        <v>1401</v>
       </c>
       <c r="C301" t="s">
         <v>37</v>
       </c>
       <c r="D301" t="s">
         <v>578</v>
       </c>
       <c r="E301" t="s">
         <v>20</v>
       </c>
       <c r="F301" t="s">
         <v>39</v>
       </c>
       <c r="G301" t="s">
         <v>22</v>
       </c>
       <c r="H301">
         <v>1996</v>
       </c>
       <c r="I301">
         <v>2011</v>
       </c>
       <c r="J301" t="s">
         <v>41</v>
       </c>
       <c r="K301" t="s">
         <v>24</v>
       </c>
       <c r="L301" t="s">
         <v>579</v>
       </c>
       <c r="M301" t="s">
         <v>43</v>
       </c>
       <c r="N301" t="s">
         <v>27</v>
       </c>
       <c r="O301" t="s">
-        <v>1402</v>
+        <v>1401</v>
       </c>
       <c r="P301" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="302" spans="1:16">
       <c r="A302" t="s">
-        <v>1403</v>
+        <v>1402</v>
       </c>
       <c r="B302" t="s">
         <v>578</v>
       </c>
       <c r="C302" t="s">
         <v>37</v>
       </c>
       <c r="D302" t="s">
-        <v>1404</v>
+        <v>1403</v>
       </c>
       <c r="E302" t="s">
         <v>20</v>
       </c>
       <c r="F302" t="s">
         <v>39</v>
       </c>
       <c r="G302" t="s">
         <v>22</v>
       </c>
       <c r="H302">
         <v>2011</v>
       </c>
       <c r="I302">
         <v>2011</v>
       </c>
       <c r="J302" t="s">
         <v>41</v>
       </c>
       <c r="K302" t="s">
         <v>24</v>
       </c>
       <c r="L302" t="s">
         <v>579</v>
       </c>
       <c r="M302" t="s">
         <v>43</v>
       </c>
       <c r="N302" t="s">
         <v>27</v>
       </c>
       <c r="O302" t="s">
-        <v>1405</v>
+        <v>1404</v>
       </c>
       <c r="P302" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="303" spans="1:16">
       <c r="A303" t="s">
-        <v>1403</v>
+        <v>1402</v>
       </c>
       <c r="B303" t="s">
         <v>578</v>
       </c>
       <c r="C303" t="s">
         <v>37</v>
       </c>
       <c r="D303" t="s">
         <v>578</v>
       </c>
       <c r="E303" t="s">
         <v>20</v>
       </c>
       <c r="F303" t="s">
         <v>39</v>
       </c>
       <c r="G303" t="s">
         <v>22</v>
       </c>
       <c r="H303">
         <v>1996</v>
       </c>
       <c r="I303">
         <v>2011</v>
       </c>
       <c r="J303" t="s">
         <v>41</v>
       </c>
       <c r="K303" t="s">
         <v>24</v>
       </c>
       <c r="L303" t="s">
         <v>579</v>
       </c>
       <c r="M303" t="s">
         <v>43</v>
       </c>
       <c r="N303" t="s">
         <v>27</v>
       </c>
       <c r="O303" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="P303" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="304" spans="1:16">
       <c r="A304" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B304" t="s">
         <v>1407</v>
-      </c>
-[...1 lines deleted...]
-        <v>1408</v>
       </c>
       <c r="C304" t="s">
         <v>817</v>
       </c>
       <c r="D304" t="s">
-        <v>1409</v>
+        <v>1408</v>
       </c>
       <c r="E304" t="s">
         <v>78</v>
       </c>
       <c r="F304" t="s">
         <v>531</v>
       </c>
       <c r="G304" t="s">
         <v>22</v>
       </c>
       <c r="H304">
         <v>2017</v>
       </c>
       <c r="I304">
         <v>2021</v>
       </c>
       <c r="J304" t="s">
         <v>458</v>
       </c>
       <c r="K304" t="s">
+        <v>1409</v>
+      </c>
+      <c r="L304" t="s">
         <v>1410</v>
       </c>
-      <c r="L304" t="s">
+      <c r="M304" t="s">
         <v>1411</v>
-      </c>
-[...1 lines deleted...]
-        <v>1412</v>
       </c>
       <c r="N304" t="s">
         <v>81</v>
       </c>
       <c r="O304" t="s">
+        <v>1412</v>
+      </c>
+      <c r="P304" t="s">
         <v>1413</v>
-      </c>
-[...1 lines deleted...]
-        <v>1414</v>
       </c>
     </row>
     <row r="305" spans="1:16">
       <c r="A305" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B305" t="s">
         <v>1415</v>
-      </c>
-[...1 lines deleted...]
-        <v>1416</v>
       </c>
       <c r="C305" t="s">
         <v>37</v>
       </c>
       <c r="D305" t="s">
         <v>589</v>
       </c>
       <c r="E305" t="s">
         <v>78</v>
       </c>
       <c r="F305" t="s">
         <v>79</v>
       </c>
       <c r="G305" t="s">
         <v>40</v>
       </c>
       <c r="H305">
         <v>2016</v>
       </c>
       <c r="I305"/>
       <c r="J305" t="s">
         <v>41</v>
       </c>
       <c r="K305" t="s">
         <v>24</v>
       </c>
       <c r="L305"/>
       <c r="M305" t="s">
         <v>43</v>
       </c>
       <c r="N305" t="s">
         <v>27</v>
       </c>
       <c r="O305" t="s">
+        <v>1416</v>
+      </c>
+      <c r="P305" t="s">
         <v>1417</v>
-      </c>
-[...1 lines deleted...]
-        <v>1418</v>
       </c>
     </row>
     <row r="306" spans="1:16">
       <c r="A306" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B306" t="s">
         <v>1419</v>
-      </c>
-[...1 lines deleted...]
-        <v>1420</v>
       </c>
       <c r="C306" t="s">
         <v>37</v>
       </c>
       <c r="D306" t="s">
         <v>589</v>
       </c>
       <c r="E306" t="s">
         <v>78</v>
       </c>
       <c r="F306" t="s">
         <v>79</v>
       </c>
       <c r="G306" t="s">
         <v>40</v>
       </c>
       <c r="H306">
         <v>2016</v>
       </c>
       <c r="I306"/>
       <c r="J306" t="s">
         <v>41</v>
       </c>
       <c r="K306" t="s">
         <v>24</v>
       </c>
       <c r="L306"/>
       <c r="M306" t="s">
         <v>43</v>
       </c>
       <c r="N306" t="s">
         <v>27</v>
       </c>
       <c r="O306" t="s">
+        <v>1420</v>
+      </c>
+      <c r="P306" t="s">
         <v>1421</v>
-      </c>
-[...1 lines deleted...]
-        <v>1422</v>
       </c>
     </row>
     <row r="307" spans="1:16">
       <c r="A307" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B307" t="s">
         <v>1423</v>
-      </c>
-[...1 lines deleted...]
-        <v>1424</v>
       </c>
       <c r="C307" t="s">
         <v>37</v>
       </c>
       <c r="D307" t="s">
         <v>1279</v>
       </c>
       <c r="E307" t="s">
         <v>20</v>
       </c>
       <c r="F307" t="s">
         <v>79</v>
       </c>
       <c r="G307" t="s">
         <v>22</v>
       </c>
       <c r="H307">
         <v>2012</v>
       </c>
       <c r="I307">
         <v>2015</v>
       </c>
       <c r="J307" t="s">
         <v>41</v>
       </c>
       <c r="K307" t="s">
         <v>24</v>
       </c>
       <c r="L307"/>
       <c r="M307" t="s">
         <v>43</v>
       </c>
       <c r="N307" t="s">
         <v>81</v>
       </c>
       <c r="O307" t="s">
+        <v>1424</v>
+      </c>
+      <c r="P307" t="s">
         <v>1425</v>
-      </c>
-[...1 lines deleted...]
-        <v>1426</v>
       </c>
     </row>
     <row r="308" spans="1:16">
       <c r="A308" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B308" t="s">
         <v>1427</v>
-      </c>
-[...1 lines deleted...]
-        <v>1428</v>
       </c>
       <c r="C308" t="s">
         <v>37</v>
       </c>
       <c r="D308" t="s">
         <v>48</v>
       </c>
       <c r="E308" t="s">
         <v>78</v>
       </c>
       <c r="F308" t="s">
         <v>531</v>
       </c>
       <c r="G308" t="s">
         <v>40</v>
       </c>
       <c r="H308">
         <v>2015</v>
       </c>
       <c r="I308"/>
       <c r="J308" t="s">
         <v>41</v>
       </c>
       <c r="K308" t="s">
         <v>24</v>
       </c>
       <c r="L308"/>
       <c r="M308" t="s">
         <v>43</v>
       </c>
       <c r="N308" t="s">
         <v>27</v>
       </c>
       <c r="O308" t="s">
-        <v>1429</v>
+        <v>1428</v>
       </c>
       <c r="P308" t="s">
         <v>1238</v>
       </c>
     </row>
     <row r="309" spans="1:16">
       <c r="A309" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B309" t="s">
         <v>1430</v>
-      </c>
-[...1 lines deleted...]
-        <v>1431</v>
       </c>
       <c r="C309" t="s">
         <v>37</v>
       </c>
       <c r="D309" t="s">
         <v>589</v>
       </c>
       <c r="E309" t="s">
         <v>78</v>
       </c>
       <c r="F309" t="s">
         <v>531</v>
       </c>
       <c r="G309" t="s">
         <v>40</v>
       </c>
       <c r="H309">
         <v>2018</v>
       </c>
       <c r="I309"/>
       <c r="J309" t="s">
         <v>41</v>
       </c>
       <c r="K309" t="s">
         <v>24</v>
       </c>
       <c r="L309"/>
       <c r="M309" t="s">
         <v>43</v>
       </c>
       <c r="N309" t="s">
         <v>27</v>
       </c>
       <c r="O309" t="s">
+        <v>1431</v>
+      </c>
+      <c r="P309" t="s">
         <v>1432</v>
-      </c>
-[...1 lines deleted...]
-        <v>1433</v>
       </c>
     </row>
     <row r="310" spans="1:16">
       <c r="A310" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B310" t="s">
         <v>1434</v>
-      </c>
-[...1 lines deleted...]
-        <v>1435</v>
       </c>
       <c r="C310" t="s">
         <v>37</v>
       </c>
       <c r="D310" t="s">
         <v>589</v>
       </c>
       <c r="E310" t="s">
         <v>20</v>
       </c>
       <c r="F310" t="s">
         <v>531</v>
       </c>
       <c r="G310" t="s">
         <v>40</v>
       </c>
       <c r="H310">
         <v>2018</v>
       </c>
       <c r="I310"/>
       <c r="J310" t="s">
         <v>41</v>
       </c>
       <c r="K310" t="s">
         <v>24</v>
       </c>
       <c r="L310"/>
       <c r="M310" t="s">
         <v>43</v>
       </c>
       <c r="N310" t="s">
         <v>27</v>
       </c>
       <c r="O310" t="s">
+        <v>1435</v>
+      </c>
+      <c r="P310" t="s">
         <v>1436</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437</v>
       </c>
     </row>
     <row r="311" spans="1:16">
       <c r="A311" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B311" t="s">
         <v>1438</v>
-      </c>
-[...1 lines deleted...]
-        <v>1439</v>
       </c>
       <c r="C311" t="s">
         <v>538</v>
       </c>
       <c r="D311" t="s">
         <v>38</v>
       </c>
       <c r="E311" t="s">
         <v>20</v>
       </c>
       <c r="F311" t="s">
         <v>79</v>
       </c>
       <c r="G311" t="s">
         <v>532</v>
       </c>
       <c r="H311"/>
       <c r="I311"/>
       <c r="J311" t="s">
         <v>539</v>
       </c>
       <c r="K311" t="s">
         <v>24</v>
       </c>
       <c r="L311"/>
       <c r="M311" t="s">
         <v>540</v>
       </c>
       <c r="N311" t="s">
         <v>27</v>
       </c>
       <c r="O311" t="s">
+        <v>1439</v>
+      </c>
+      <c r="P311" t="s">
         <v>1440</v>
-      </c>
-[...1 lines deleted...]
-        <v>1441</v>
       </c>
     </row>
     <row r="312" spans="1:16">
       <c r="A312" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B312" t="s">
         <v>1442</v>
-      </c>
-[...1 lines deleted...]
-        <v>1443</v>
       </c>
       <c r="C312" t="s">
         <v>538</v>
       </c>
       <c r="D312" t="s">
-        <v>1444</v>
+        <v>1443</v>
       </c>
       <c r="E312" t="s">
         <v>20</v>
       </c>
       <c r="F312" t="s">
         <v>79</v>
       </c>
       <c r="G312" t="s">
         <v>40</v>
       </c>
       <c r="H312">
         <v>2014</v>
       </c>
       <c r="I312"/>
       <c r="J312" t="s">
         <v>539</v>
       </c>
       <c r="K312" t="s">
         <v>24</v>
       </c>
       <c r="L312"/>
       <c r="M312" t="s">
         <v>540</v>
       </c>
       <c r="N312" t="s">
         <v>27</v>
       </c>
       <c r="O312" t="s">
+        <v>1444</v>
+      </c>
+      <c r="P312" t="s">
         <v>1445</v>
-      </c>
-[...1 lines deleted...]
-        <v>1446</v>
       </c>
     </row>
     <row r="313" spans="1:16">
       <c r="A313" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B313" t="s">
         <v>1447</v>
-      </c>
-[...1 lines deleted...]
-        <v>1448</v>
       </c>
       <c r="C313" t="s">
         <v>538</v>
       </c>
       <c r="D313" t="s">
-        <v>1449</v>
+        <v>1448</v>
       </c>
       <c r="E313" t="s">
         <v>78</v>
       </c>
       <c r="F313" t="s">
         <v>79</v>
       </c>
       <c r="G313" t="s">
         <v>22</v>
       </c>
       <c r="H313">
         <v>2008</v>
       </c>
       <c r="I313">
         <v>2013</v>
       </c>
       <c r="J313" t="s">
-        <v>1450</v>
+        <v>1449</v>
       </c>
       <c r="K313" t="s">
         <v>24</v>
       </c>
       <c r="L313" t="s">
         <v>410</v>
       </c>
       <c r="M313" t="s">
         <v>540</v>
       </c>
       <c r="N313" t="s">
         <v>27</v>
       </c>
       <c r="O313" t="s">
+        <v>1450</v>
+      </c>
+      <c r="P313" t="s">
         <v>1451</v>
-      </c>
-[...1 lines deleted...]
-        <v>1452</v>
       </c>
     </row>
     <row r="314" spans="1:16">
       <c r="A314" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B314" t="s">
         <v>1453</v>
-      </c>
-[...1 lines deleted...]
-        <v>1454</v>
       </c>
       <c r="C314" t="s">
         <v>37</v>
       </c>
       <c r="D314" t="s">
         <v>578</v>
       </c>
       <c r="E314" t="s">
         <v>20</v>
       </c>
       <c r="F314" t="s">
         <v>79</v>
       </c>
       <c r="G314" t="s">
         <v>22</v>
       </c>
       <c r="H314">
         <v>2010</v>
       </c>
       <c r="I314">
         <v>2018</v>
       </c>
       <c r="J314" t="s">
         <v>41</v>
       </c>
       <c r="K314" t="s">
         <v>24</v>
       </c>
       <c r="L314"/>
       <c r="M314" t="s">
         <v>43</v>
       </c>
       <c r="N314" t="s">
         <v>27</v>
       </c>
       <c r="O314" t="s">
+        <v>1454</v>
+      </c>
+      <c r="P314" t="s">
         <v>1455</v>
-      </c>
-[...1 lines deleted...]
-        <v>1456</v>
       </c>
     </row>
     <row r="315" spans="1:16">
       <c r="A315" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B315" t="s">
         <v>1457</v>
-      </c>
-[...1 lines deleted...]
-        <v>1458</v>
       </c>
       <c r="C315" t="s">
         <v>37</v>
       </c>
       <c r="D315" t="s">
         <v>686</v>
       </c>
       <c r="E315" t="s">
         <v>20</v>
       </c>
       <c r="F315" t="s">
         <v>79</v>
       </c>
       <c r="G315" t="s">
         <v>22</v>
       </c>
       <c r="H315">
         <v>2011</v>
       </c>
       <c r="I315">
         <v>2011</v>
       </c>
       <c r="J315" t="s">
         <v>41</v>
       </c>
       <c r="K315" t="s">
         <v>24</v>
       </c>
       <c r="L315" t="s">
         <v>687</v>
       </c>
       <c r="M315" t="s">
         <v>43</v>
       </c>
       <c r="N315" t="s">
         <v>27</v>
       </c>
       <c r="O315" t="s">
+        <v>1458</v>
+      </c>
+      <c r="P315" t="s">
         <v>1459</v>
-      </c>
-[...1 lines deleted...]
-        <v>1460</v>
       </c>
     </row>
     <row r="316" spans="1:16">
       <c r="A316" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B316" t="s">
         <v>1461</v>
-      </c>
-[...1 lines deleted...]
-        <v>1462</v>
       </c>
       <c r="C316" t="s">
         <v>37</v>
       </c>
       <c r="D316" t="s">
         <v>714</v>
       </c>
       <c r="E316" t="s">
         <v>20</v>
       </c>
       <c r="F316" t="s">
         <v>79</v>
       </c>
       <c r="G316" t="s">
         <v>40</v>
       </c>
       <c r="H316">
         <v>2013</v>
       </c>
       <c r="I316"/>
       <c r="J316" t="s">
         <v>41</v>
       </c>
       <c r="K316" t="s">
         <v>715</v>
       </c>
       <c r="L316"/>
       <c r="M316" t="s">
         <v>43</v>
       </c>
       <c r="N316" t="s">
         <v>27</v>
       </c>
       <c r="O316" t="s">
+        <v>1462</v>
+      </c>
+      <c r="P316" t="s">
         <v>1463</v>
-      </c>
-[...1 lines deleted...]
-        <v>1464</v>
       </c>
     </row>
     <row r="317" spans="1:16">
       <c r="A317" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B317" t="s">
         <v>1465</v>
-      </c>
-[...1 lines deleted...]
-        <v>1466</v>
       </c>
       <c r="C317" t="s">
         <v>37</v>
       </c>
       <c r="D317" t="s">
-        <v>1467</v>
+        <v>1466</v>
       </c>
       <c r="E317" t="s">
         <v>20</v>
       </c>
       <c r="F317" t="s">
         <v>79</v>
       </c>
       <c r="G317" t="s">
         <v>22</v>
       </c>
       <c r="H317">
         <v>2010</v>
       </c>
       <c r="I317">
         <v>2016</v>
       </c>
       <c r="J317" t="s">
         <v>451</v>
       </c>
       <c r="K317" t="s">
         <v>24</v>
       </c>
       <c r="L317"/>
       <c r="M317" t="s">
         <v>43</v>
       </c>
       <c r="N317" t="s">
         <v>27</v>
       </c>
       <c r="O317" t="s">
+        <v>1467</v>
+      </c>
+      <c r="P317" t="s">
         <v>1468</v>
-      </c>
-[...1 lines deleted...]
-        <v>1469</v>
       </c>
     </row>
     <row r="318" spans="1:16">
       <c r="A318" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B318" t="s">
         <v>1470</v>
-      </c>
-[...1 lines deleted...]
-        <v>1471</v>
       </c>
       <c r="C318" t="s">
         <v>37</v>
       </c>
       <c r="D318" t="s">
         <v>924</v>
       </c>
       <c r="E318" t="s">
         <v>20</v>
       </c>
       <c r="F318" t="s">
         <v>79</v>
       </c>
       <c r="G318" t="s">
         <v>22</v>
       </c>
       <c r="H318">
         <v>2010</v>
       </c>
       <c r="I318">
         <v>2010</v>
       </c>
       <c r="J318" t="s">
         <v>41</v>
       </c>
       <c r="K318" t="s">
         <v>24</v>
       </c>
       <c r="L318" t="s">
-        <v>1472</v>
+        <v>1471</v>
       </c>
       <c r="M318" t="s">
         <v>43</v>
       </c>
       <c r="N318" t="s">
         <v>27</v>
       </c>
       <c r="O318" t="s">
+        <v>1472</v>
+      </c>
+      <c r="P318" t="s">
         <v>1473</v>
-      </c>
-[...1 lines deleted...]
-        <v>1474</v>
       </c>
     </row>
     <row r="319" spans="1:16">
       <c r="A319" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B319" t="s">
         <v>1475</v>
-      </c>
-[...1 lines deleted...]
-        <v>1476</v>
       </c>
       <c r="C319" t="s">
         <v>37</v>
       </c>
       <c r="D319" t="s">
         <v>514</v>
       </c>
       <c r="E319" t="s">
         <v>20</v>
       </c>
       <c r="F319" t="s">
         <v>79</v>
       </c>
       <c r="G319" t="s">
         <v>22</v>
       </c>
       <c r="H319">
         <v>2010</v>
       </c>
       <c r="I319">
         <v>2010</v>
       </c>
       <c r="J319" t="s">
         <v>41</v>
       </c>
       <c r="K319" t="s">
         <v>24</v>
       </c>
       <c r="L319" t="s">
-        <v>1398</v>
+        <v>1397</v>
       </c>
       <c r="M319" t="s">
         <v>43</v>
       </c>
       <c r="N319" t="s">
         <v>27</v>
       </c>
       <c r="O319" t="s">
+        <v>1476</v>
+      </c>
+      <c r="P319" t="s">
         <v>1477</v>
-      </c>
-[...1 lines deleted...]
-        <v>1478</v>
       </c>
     </row>
     <row r="320" spans="1:16">
       <c r="A320" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B320" t="s">
         <v>1479</v>
-      </c>
-[...1 lines deleted...]
-        <v>1480</v>
       </c>
       <c r="C320" t="s">
         <v>37</v>
       </c>
       <c r="D320" t="s">
         <v>38</v>
       </c>
       <c r="E320" t="s">
         <v>20</v>
       </c>
       <c r="F320" t="s">
         <v>39</v>
       </c>
       <c r="G320" t="s">
         <v>22</v>
       </c>
       <c r="H320">
         <v>2010</v>
       </c>
       <c r="I320">
         <v>2017</v>
       </c>
       <c r="J320" t="s">
         <v>41</v>
       </c>
       <c r="K320" t="s">
         <v>24</v>
       </c>
       <c r="L320" t="s">
-        <v>1481</v>
+        <v>1480</v>
       </c>
       <c r="M320" t="s">
         <v>43</v>
       </c>
       <c r="N320" t="s">
         <v>27</v>
       </c>
       <c r="O320" t="s">
+        <v>1481</v>
+      </c>
+      <c r="P320" t="s">
         <v>1482</v>
-      </c>
-[...1 lines deleted...]
-        <v>1483</v>
       </c>
     </row>
     <row r="321" spans="1:16">
       <c r="A321" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B321" t="s">
         <v>1484</v>
-      </c>
-[...1 lines deleted...]
-        <v>1485</v>
       </c>
       <c r="C321" t="s">
         <v>37</v>
       </c>
       <c r="D321" t="s">
         <v>38</v>
       </c>
       <c r="E321" t="s">
         <v>20</v>
       </c>
       <c r="F321" t="s">
         <v>39</v>
       </c>
       <c r="G321" t="s">
         <v>40</v>
       </c>
       <c r="H321">
         <v>2010</v>
       </c>
       <c r="I321"/>
       <c r="J321" t="s">
         <v>41</v>
       </c>
       <c r="K321" t="s">
         <v>24</v>
       </c>
       <c r="L321" t="s">
-        <v>1486</v>
+        <v>1485</v>
       </c>
       <c r="M321" t="s">
         <v>43</v>
       </c>
       <c r="N321" t="s">
         <v>27</v>
       </c>
       <c r="O321" t="s">
-        <v>1487</v>
+        <v>1486</v>
       </c>
       <c r="P321" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="322" spans="1:16">
       <c r="A322" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B322" t="s">
         <v>1488</v>
-      </c>
-[...1 lines deleted...]
-        <v>1489</v>
       </c>
       <c r="C322" t="s">
         <v>817</v>
       </c>
       <c r="D322" t="s">
         <v>831</v>
       </c>
       <c r="E322" t="s">
         <v>20</v>
       </c>
       <c r="F322" t="s">
         <v>79</v>
       </c>
       <c r="G322" t="s">
         <v>40</v>
       </c>
       <c r="H322">
         <v>2015</v>
       </c>
       <c r="I322"/>
       <c r="J322" t="s">
         <v>451</v>
       </c>
       <c r="K322" t="s">
         <v>284</v>
       </c>
       <c r="L322"/>
       <c r="M322" t="s">
-        <v>1412</v>
+        <v>1411</v>
       </c>
       <c r="N322" t="s">
         <v>27</v>
       </c>
       <c r="O322" t="s">
+        <v>1489</v>
+      </c>
+      <c r="P322" t="s">
         <v>1490</v>
-      </c>
-[...1 lines deleted...]
-        <v>1491</v>
       </c>
     </row>
     <row r="323" spans="1:16">
       <c r="A323" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B323" t="s">
         <v>1492</v>
-      </c>
-[...1 lines deleted...]
-        <v>1493</v>
       </c>
       <c r="C323" t="s">
         <v>76</v>
       </c>
       <c r="D323" t="s">
         <v>130</v>
       </c>
       <c r="E323" t="s">
         <v>78</v>
       </c>
       <c r="F323" t="s">
         <v>79</v>
       </c>
       <c r="G323" t="s">
         <v>40</v>
       </c>
       <c r="H323">
         <v>2021</v>
       </c>
       <c r="I323"/>
       <c r="J323" t="s">
         <v>80</v>
       </c>
       <c r="K323" t="s">
         <v>24</v>
       </c>
       <c r="L323"/>
       <c r="M323"/>
       <c r="N323" t="s">
         <v>27</v>
       </c>
       <c r="O323" t="s">
+        <v>1493</v>
+      </c>
+      <c r="P323" t="s">
         <v>1494</v>
-      </c>
-[...1 lines deleted...]
-        <v>1495</v>
       </c>
     </row>
     <row r="324" spans="1:16">
       <c r="A324" t="s">
-        <v>1492</v>
+        <v>1491</v>
       </c>
       <c r="B324" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="C324" t="s">
         <v>76</v>
       </c>
       <c r="D324" t="s">
         <v>130</v>
       </c>
       <c r="E324" t="s">
         <v>78</v>
       </c>
       <c r="F324" t="s">
         <v>39</v>
       </c>
       <c r="G324" t="s">
         <v>40</v>
       </c>
       <c r="H324">
         <v>2021</v>
       </c>
       <c r="I324"/>
       <c r="J324" t="s">
         <v>80</v>
       </c>
       <c r="K324" t="s">
         <v>24</v>
       </c>
       <c r="L324"/>
       <c r="M324"/>
       <c r="N324" t="s">
         <v>27</v>
       </c>
       <c r="O324" t="s">
+        <v>1496</v>
+      </c>
+      <c r="P324" t="s">
         <v>1497</v>
-      </c>
-[...1 lines deleted...]
-        <v>1498</v>
       </c>
     </row>
     <row r="325" spans="1:16">
       <c r="A325" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B325" t="s">
         <v>1499</v>
-      </c>
-[...1 lines deleted...]
-        <v>1500</v>
       </c>
       <c r="C325" t="s">
         <v>76</v>
       </c>
       <c r="D325" t="s">
-        <v>1501</v>
+        <v>1500</v>
       </c>
       <c r="E325" t="s">
         <v>78</v>
       </c>
       <c r="F325" t="s">
         <v>39</v>
       </c>
       <c r="G325" t="s">
         <v>40</v>
       </c>
       <c r="H325">
         <v>2021</v>
       </c>
       <c r="I325"/>
       <c r="J325" t="s">
         <v>80</v>
       </c>
       <c r="K325" t="s">
         <v>24</v>
       </c>
       <c r="L325"/>
       <c r="M325"/>
       <c r="N325" t="s">
         <v>27</v>
       </c>
       <c r="O325" t="s">
-        <v>1502</v>
+        <v>1501</v>
       </c>
       <c r="P325" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="326" spans="1:16">
       <c r="A326" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B326" t="s">
         <v>1503</v>
-      </c>
-[...1 lines deleted...]
-        <v>1504</v>
       </c>
       <c r="C326" t="s">
         <v>76</v>
       </c>
       <c r="D326" t="s">
-        <v>1505</v>
+        <v>1504</v>
       </c>
       <c r="E326" t="s">
         <v>78</v>
       </c>
       <c r="F326" t="s">
         <v>39</v>
       </c>
       <c r="G326" t="s">
         <v>40</v>
       </c>
       <c r="H326">
         <v>2021</v>
       </c>
       <c r="I326"/>
       <c r="J326" t="s">
         <v>80</v>
       </c>
       <c r="K326" t="s">
         <v>24</v>
       </c>
       <c r="L326"/>
       <c r="M326"/>
       <c r="N326" t="s">
         <v>81</v>
       </c>
       <c r="O326" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="P326" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="327" spans="1:16">
       <c r="A327" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B327" t="s">
         <v>1507</v>
-      </c>
-[...1 lines deleted...]
-        <v>1508</v>
       </c>
       <c r="C327" t="s">
         <v>76</v>
       </c>
       <c r="D327" t="s">
         <v>145</v>
       </c>
       <c r="E327" t="s">
         <v>78</v>
       </c>
       <c r="F327" t="s">
         <v>39</v>
       </c>
       <c r="G327" t="s">
         <v>40</v>
       </c>
       <c r="H327">
         <v>2021</v>
       </c>
       <c r="I327"/>
       <c r="J327" t="s">
         <v>80</v>
       </c>
       <c r="K327" t="s">
         <v>24</v>
       </c>
       <c r="L327"/>
       <c r="M327"/>
       <c r="N327" t="s">
         <v>27</v>
       </c>
       <c r="O327" t="s">
+        <v>1508</v>
+      </c>
+      <c r="P327" t="s">
         <v>1509</v>
-      </c>
-[...1 lines deleted...]
-        <v>1510</v>
       </c>
     </row>
     <row r="328" spans="1:16">
       <c r="A328" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B328" t="s">
         <v>1511</v>
-      </c>
-[...1 lines deleted...]
-        <v>1512</v>
       </c>
       <c r="C328" t="s">
         <v>76</v>
       </c>
       <c r="D328" t="s">
         <v>136</v>
       </c>
       <c r="E328" t="s">
         <v>78</v>
       </c>
       <c r="F328" t="s">
         <v>39</v>
       </c>
       <c r="G328" t="s">
         <v>40</v>
       </c>
       <c r="H328">
         <v>2021</v>
       </c>
       <c r="I328"/>
       <c r="J328" t="s">
         <v>80</v>
       </c>
       <c r="K328" t="s">
         <v>24</v>
       </c>
       <c r="L328"/>
       <c r="M328"/>
       <c r="N328" t="s">
         <v>27</v>
       </c>
       <c r="O328" t="s">
+        <v>1512</v>
+      </c>
+      <c r="P328" t="s">
         <v>1513</v>
-      </c>
-[...1 lines deleted...]
-        <v>1514</v>
       </c>
     </row>
     <row r="329" spans="1:16">
       <c r="A329" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B329" t="s">
         <v>1515</v>
-      </c>
-[...1 lines deleted...]
-        <v>1516</v>
       </c>
       <c r="C329" t="s">
         <v>76</v>
       </c>
       <c r="D329" t="s">
         <v>153</v>
       </c>
       <c r="E329" t="s">
         <v>78</v>
       </c>
       <c r="F329" t="s">
         <v>39</v>
       </c>
       <c r="G329" t="s">
         <v>40</v>
       </c>
       <c r="H329">
         <v>2021</v>
       </c>
       <c r="I329"/>
       <c r="J329" t="s">
         <v>80</v>
       </c>
       <c r="K329" t="s">
         <v>24</v>
       </c>
       <c r="L329"/>
       <c r="M329"/>
       <c r="N329" t="s">
         <v>81</v>
       </c>
       <c r="O329" t="s">
+        <v>1516</v>
+      </c>
+      <c r="P329" t="s">
         <v>1517</v>
-      </c>
-[...1 lines deleted...]
-        <v>1518</v>
       </c>
     </row>
     <row r="330" spans="1:16">
       <c r="A330" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B330" t="s">
         <v>1519</v>
-      </c>
-[...1 lines deleted...]
-        <v>1520</v>
       </c>
       <c r="C330" t="s">
         <v>76</v>
       </c>
       <c r="D330" t="s">
         <v>117</v>
       </c>
       <c r="E330" t="s">
         <v>78</v>
       </c>
       <c r="F330" t="s">
         <v>39</v>
       </c>
       <c r="G330" t="s">
         <v>40</v>
       </c>
       <c r="H330">
         <v>2021</v>
       </c>
       <c r="I330"/>
       <c r="J330" t="s">
         <v>80</v>
       </c>
       <c r="K330" t="s">
         <v>24</v>
       </c>
       <c r="L330"/>
       <c r="M330"/>
       <c r="N330" t="s">
         <v>27</v>
       </c>
       <c r="O330" t="s">
+        <v>1520</v>
+      </c>
+      <c r="P330" t="s">
         <v>1521</v>
-      </c>
-[...1 lines deleted...]
-        <v>1522</v>
       </c>
     </row>
     <row r="331" spans="1:16">
       <c r="A331" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B331" t="s">
         <v>1523</v>
-      </c>
-[...1 lines deleted...]
-        <v>1524</v>
       </c>
       <c r="C331" t="s">
         <v>76</v>
       </c>
       <c r="D331" t="s">
         <v>284</v>
       </c>
       <c r="E331" t="s">
         <v>78</v>
       </c>
       <c r="F331" t="s">
         <v>39</v>
       </c>
       <c r="G331" t="s">
         <v>40</v>
       </c>
       <c r="H331">
         <v>2021</v>
       </c>
       <c r="I331"/>
       <c r="J331" t="s">
         <v>80</v>
       </c>
       <c r="K331" t="s">
         <v>66</v>
       </c>
       <c r="L331"/>
       <c r="M331"/>
       <c r="N331" t="s">
         <v>81</v>
       </c>
       <c r="O331" t="s">
-        <v>1525</v>
+        <v>1524</v>
       </c>
       <c r="P331" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="332" spans="1:16">
       <c r="A332" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B332" t="s">
         <v>1526</v>
-      </c>
-[...1 lines deleted...]
-        <v>1527</v>
       </c>
       <c r="C332" t="s">
         <v>18</v>
       </c>
       <c r="D332" t="s">
-        <v>1528</v>
+        <v>1527</v>
       </c>
       <c r="E332" t="s">
         <v>20</v>
       </c>
       <c r="F332" t="s">
         <v>39</v>
       </c>
       <c r="G332" t="s">
         <v>40</v>
       </c>
       <c r="H332">
         <v>2014</v>
       </c>
       <c r="I332"/>
       <c r="J332" t="s">
         <v>54</v>
       </c>
       <c r="K332" t="s">
         <v>24</v>
       </c>
       <c r="L332"/>
       <c r="M332"/>
       <c r="N332" t="s">
         <v>27</v>
       </c>
       <c r="O332" t="s">
+        <v>1528</v>
+      </c>
+      <c r="P332" t="s">
         <v>1529</v>
-      </c>
-[...1 lines deleted...]
-        <v>1530</v>
       </c>
     </row>
     <row r="333" spans="1:16">
       <c r="A333" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B333" t="s">
         <v>1531</v>
-      </c>
-[...1 lines deleted...]
-        <v>1532</v>
       </c>
       <c r="C333" t="s">
         <v>161</v>
       </c>
       <c r="D333" t="s">
         <v>53</v>
       </c>
       <c r="E333" t="s">
         <v>20</v>
       </c>
       <c r="F333" t="s">
         <v>39</v>
       </c>
       <c r="G333" t="s">
         <v>40</v>
       </c>
       <c r="H333">
         <v>2013</v>
       </c>
       <c r="I333"/>
       <c r="J333" t="s">
         <v>54</v>
       </c>
       <c r="K333" t="s">
         <v>24</v>
       </c>
       <c r="L333"/>
       <c r="M333"/>
       <c r="N333" t="s">
         <v>27</v>
       </c>
       <c r="O333" t="s">
+        <v>1532</v>
+      </c>
+      <c r="P333" t="s">
         <v>1533</v>
-      </c>
-[...1 lines deleted...]
-        <v>1534</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">