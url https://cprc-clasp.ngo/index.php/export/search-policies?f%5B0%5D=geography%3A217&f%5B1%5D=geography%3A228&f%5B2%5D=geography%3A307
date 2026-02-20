--- v0 (2025-12-14)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1072">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1071">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1093,60 +1093,61 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
   </si>
@@ -2512,53 +2513,50 @@
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
     <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
-  </si>
-[...1 lines deleted...]
-    <t>December 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
@@ -7041,55 +7039,53 @@
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>339</v>
       </c>
       <c r="B70" t="s">
         <v>340</v>
       </c>
       <c r="C70" t="s">
         <v>146</v>
       </c>
       <c r="D70" t="s">
         <v>341</v>
       </c>
       <c r="E70" t="s">
         <v>63</v>
       </c>
       <c r="F70" t="s">
         <v>205</v>
       </c>
       <c r="G70" t="s">
         <v>342</v>
       </c>
       <c r="H70">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
         <v>343</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
         <v>344</v>
       </c>
       <c r="M70" t="s">
         <v>345</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
         <v>346</v>
       </c>
       <c r="P70" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>348</v>
@@ -11245,2851 +11241,2851 @@
     <row r="159" spans="1:16">
       <c r="A159" t="s">
         <v>793</v>
       </c>
       <c r="B159"/>
       <c r="C159" t="s">
         <v>529</v>
       </c>
       <c r="D159" t="s">
         <v>523</v>
       </c>
       <c r="E159" t="s">
         <v>63</v>
       </c>
       <c r="F159" t="s">
         <v>540</v>
       </c>
       <c r="G159" t="s">
         <v>782</v>
       </c>
       <c r="H159">
         <v>2017</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
-        <v>794</v>
+        <v>343</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
         <v>785</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="P159" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
+        <v>795</v>
+      </c>
+      <c r="B160" t="s">
         <v>796</v>
-      </c>
-[...1 lines deleted...]
-        <v>797</v>
       </c>
       <c r="C160" t="s">
         <v>529</v>
       </c>
       <c r="D160" t="s">
-        <v>798</v>
+        <v>797</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>64</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
         <v>2017</v>
       </c>
       <c r="I160">
         <v>2019</v>
       </c>
       <c r="J160" t="s">
         <v>569</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
         <v>533</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="P160" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
+        <v>799</v>
+      </c>
+      <c r="B161" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
       <c r="C161" t="s">
         <v>529</v>
       </c>
       <c r="D161" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="E161" t="s">
         <v>63</v>
       </c>
       <c r="F161" t="s">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="G161" t="s">
         <v>44</v>
       </c>
       <c r="H161">
         <v>2018</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
         <v>569</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161" t="s">
+        <v>803</v>
+      </c>
+      <c r="M161" t="s">
         <v>804</v>
       </c>
-      <c r="M161" t="s">
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
         <v>805</v>
       </c>
-      <c r="N161" t="s">
-[...2 lines deleted...]
-      <c r="O161" t="s">
+      <c r="P161" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
+        <v>807</v>
+      </c>
+      <c r="B162" t="s">
         <v>808</v>
       </c>
-      <c r="B162" t="s">
+      <c r="C162" t="s">
         <v>809</v>
-      </c>
-[...1 lines deleted...]
-        <v>810</v>
       </c>
       <c r="D162" t="s">
         <v>130</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
         <v>21</v>
       </c>
       <c r="G162" t="s">
         <v>44</v>
       </c>
       <c r="H162">
         <v>2014</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
         <v>548</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
+        <v>810</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
         <v>811</v>
       </c>
-      <c r="N162" t="s">
-[...2 lines deleted...]
-      <c r="O162" t="s">
+      <c r="P162" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="B163" t="s">
+        <v>813</v>
+      </c>
+      <c r="C163" t="s">
+        <v>809</v>
+      </c>
+      <c r="D163" t="s">
         <v>814</v>
-      </c>
-[...4 lines deleted...]
-        <v>815</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
         <v>44</v>
       </c>
       <c r="H163">
         <v>2014</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
         <v>548</v>
       </c>
       <c r="K163" t="s">
         <v>51</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="P163" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="B164" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C164" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="D164" t="s">
         <v>661</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>21</v>
       </c>
       <c r="G164" t="s">
         <v>44</v>
       </c>
       <c r="H164">
         <v>2014</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
         <v>548</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="P164" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
+        <v>818</v>
+      </c>
+      <c r="B165" t="s">
         <v>819</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="D165" t="s">
         <v>37</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>21</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
         <v>2006</v>
       </c>
       <c r="I165">
         <v>2015</v>
       </c>
       <c r="J165" t="s">
         <v>548</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165" t="s">
+        <v>820</v>
+      </c>
+      <c r="M165" t="s">
+        <v>810</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
         <v>821</v>
       </c>
-      <c r="M165" t="s">
-[...5 lines deleted...]
-      <c r="O165" t="s">
+      <c r="P165" t="s">
         <v>822</v>
-      </c>
-[...1 lines deleted...]
-        <v>823</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
+        <v>823</v>
+      </c>
+      <c r="B166" t="s">
         <v>824</v>
       </c>
-      <c r="B166" t="s">
+      <c r="C166" t="s">
+        <v>809</v>
+      </c>
+      <c r="D166" t="s">
         <v>825</v>
-      </c>
-[...4 lines deleted...]
-        <v>826</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
         <v>21</v>
       </c>
       <c r="G166" t="s">
         <v>44</v>
       </c>
       <c r="H166">
         <v>2014</v>
       </c>
       <c r="I166"/>
       <c r="J166" t="s">
         <v>548</v>
       </c>
       <c r="K166" t="s">
+        <v>826</v>
+      </c>
+      <c r="L166" t="s">
         <v>827</v>
       </c>
-      <c r="L166" t="s">
+      <c r="M166" t="s">
+        <v>810</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
         <v>828</v>
       </c>
-      <c r="M166" t="s">
-[...5 lines deleted...]
-      <c r="O166" t="s">
+      <c r="P166" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
+        <v>830</v>
+      </c>
+      <c r="B167" t="s">
+        <v>830</v>
+      </c>
+      <c r="C167" t="s">
+        <v>809</v>
+      </c>
+      <c r="D167" t="s">
         <v>831</v>
-      </c>
-[...7 lines deleted...]
-        <v>832</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
         <v>21</v>
       </c>
       <c r="G167" t="s">
         <v>44</v>
       </c>
       <c r="H167">
         <v>2015</v>
       </c>
       <c r="I167"/>
       <c r="J167" t="s">
         <v>548</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167" t="s">
+        <v>832</v>
+      </c>
+      <c r="M167" t="s">
+        <v>810</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
         <v>833</v>
       </c>
-      <c r="M167" t="s">
-[...5 lines deleted...]
-      <c r="O167" t="s">
+      <c r="P167" t="s">
         <v>834</v>
-      </c>
-[...1 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
+        <v>835</v>
+      </c>
+      <c r="B168" t="s">
         <v>836</v>
       </c>
-      <c r="B168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="D168" t="s">
         <v>196</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>21</v>
       </c>
       <c r="G168" t="s">
         <v>44</v>
       </c>
       <c r="H168">
         <v>2014</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
         <v>548</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168" t="s">
+        <v>837</v>
+      </c>
+      <c r="M168" t="s">
+        <v>810</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
         <v>838</v>
       </c>
-      <c r="M168" t="s">
-[...5 lines deleted...]
-      <c r="O168" t="s">
+      <c r="P168" t="s">
         <v>839</v>
-      </c>
-[...1 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
+        <v>840</v>
+      </c>
+      <c r="B169" t="s">
         <v>841</v>
       </c>
-      <c r="B169" t="s">
+      <c r="C169" t="s">
+        <v>809</v>
+      </c>
+      <c r="D169" t="s">
         <v>842</v>
-      </c>
-[...4 lines deleted...]
-        <v>843</v>
       </c>
       <c r="E169" t="s">
         <v>20</v>
       </c>
       <c r="F169" t="s">
         <v>21</v>
       </c>
       <c r="G169" t="s">
         <v>44</v>
       </c>
       <c r="H169">
         <v>2014</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
         <v>548</v>
       </c>
       <c r="K169" t="s">
         <v>270</v>
       </c>
       <c r="L169" t="s">
+        <v>843</v>
+      </c>
+      <c r="M169" t="s">
+        <v>810</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
         <v>844</v>
       </c>
-      <c r="M169" t="s">
-[...5 lines deleted...]
-      <c r="O169" t="s">
+      <c r="P169" t="s">
         <v>845</v>
-      </c>
-[...1 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
+        <v>846</v>
+      </c>
+      <c r="B170" t="s">
         <v>847</v>
       </c>
-      <c r="B170" t="s">
+      <c r="C170" t="s">
+        <v>809</v>
+      </c>
+      <c r="D170" t="s">
         <v>848</v>
-      </c>
-[...4 lines deleted...]
-        <v>849</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>21</v>
       </c>
       <c r="G170" t="s">
         <v>44</v>
       </c>
       <c r="H170">
         <v>2015</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
         <v>548</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170" t="s">
+        <v>849</v>
+      </c>
+      <c r="M170" t="s">
+        <v>810</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
         <v>850</v>
       </c>
-      <c r="M170" t="s">
-[...5 lines deleted...]
-      <c r="O170" t="s">
+      <c r="P170" t="s">
         <v>851</v>
-      </c>
-[...1 lines deleted...]
-        <v>852</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
+        <v>852</v>
+      </c>
+      <c r="B171" t="s">
         <v>853</v>
-      </c>
-[...1 lines deleted...]
-        <v>854</v>
       </c>
       <c r="C171" t="s">
         <v>577</v>
       </c>
       <c r="D171" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="E171" t="s">
         <v>63</v>
       </c>
       <c r="F171" t="s">
         <v>540</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
         <v>2017</v>
       </c>
       <c r="I171">
         <v>2021</v>
       </c>
       <c r="J171" t="s">
         <v>465</v>
       </c>
       <c r="K171" t="s">
+        <v>855</v>
+      </c>
+      <c r="L171" t="s">
         <v>856</v>
       </c>
-      <c r="L171" t="s">
+      <c r="M171" t="s">
         <v>857</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
       <c r="N171" t="s">
         <v>66</v>
       </c>
       <c r="O171" t="s">
+        <v>858</v>
+      </c>
+      <c r="P171" t="s">
         <v>859</v>
-      </c>
-[...1 lines deleted...]
-        <v>860</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
+        <v>860</v>
+      </c>
+      <c r="B172" t="s">
         <v>861</v>
-      </c>
-[...1 lines deleted...]
-        <v>862</v>
       </c>
       <c r="C172" t="s">
         <v>547</v>
       </c>
       <c r="D172" t="s">
         <v>507</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>64</v>
       </c>
       <c r="G172" t="s">
         <v>541</v>
       </c>
       <c r="H172"/>
       <c r="I172"/>
       <c r="J172" t="s">
         <v>548</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
       <c r="L172"/>
       <c r="M172" t="s">
         <v>549</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
+        <v>862</v>
+      </c>
+      <c r="P172" t="s">
         <v>863</v>
-      </c>
-[...1 lines deleted...]
-        <v>864</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
+        <v>864</v>
+      </c>
+      <c r="B173" t="s">
         <v>865</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
       <c r="C173" t="s">
         <v>547</v>
       </c>
       <c r="D173" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
         <v>64</v>
       </c>
       <c r="G173" t="s">
         <v>44</v>
       </c>
       <c r="H173">
         <v>2014</v>
       </c>
       <c r="I173"/>
       <c r="J173" t="s">
         <v>548</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
         <v>549</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
+        <v>867</v>
+      </c>
+      <c r="P173" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
+        <v>869</v>
+      </c>
+      <c r="B174" t="s">
         <v>870</v>
-      </c>
-[...1 lines deleted...]
-        <v>871</v>
       </c>
       <c r="C174" t="s">
         <v>547</v>
       </c>
       <c r="D174" t="s">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="E174" t="s">
         <v>63</v>
       </c>
       <c r="F174" t="s">
         <v>64</v>
       </c>
       <c r="G174" t="s">
         <v>22</v>
       </c>
       <c r="H174">
         <v>2008</v>
       </c>
       <c r="I174">
         <v>2013</v>
       </c>
       <c r="J174" t="s">
-        <v>873</v>
+        <v>872</v>
       </c>
       <c r="K174" t="s">
         <v>24</v>
       </c>
       <c r="L174" t="s">
         <v>396</v>
       </c>
       <c r="M174" t="s">
         <v>549</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
+        <v>873</v>
+      </c>
+      <c r="P174" t="s">
         <v>874</v>
-      </c>
-[...1 lines deleted...]
-        <v>875</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
+        <v>875</v>
+      </c>
+      <c r="B175" t="s">
         <v>876</v>
-      </c>
-[...1 lines deleted...]
-        <v>877</v>
       </c>
       <c r="C175" t="s">
         <v>577</v>
       </c>
       <c r="D175" t="s">
         <v>590</v>
       </c>
       <c r="E175" t="s">
         <v>20</v>
       </c>
       <c r="F175" t="s">
         <v>64</v>
       </c>
       <c r="G175" t="s">
         <v>44</v>
       </c>
       <c r="H175">
         <v>2015</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
         <v>458</v>
       </c>
       <c r="K175" t="s">
         <v>270</v>
       </c>
       <c r="L175"/>
       <c r="M175" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
+        <v>877</v>
+      </c>
+      <c r="P175" t="s">
         <v>878</v>
-      </c>
-[...1 lines deleted...]
-        <v>879</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
+        <v>879</v>
+      </c>
+      <c r="B176" t="s">
         <v>880</v>
-      </c>
-[...1 lines deleted...]
-        <v>881</v>
       </c>
       <c r="C176" t="s">
         <v>435</v>
       </c>
       <c r="D176" t="s">
         <v>62</v>
       </c>
       <c r="E176" t="s">
         <v>63</v>
       </c>
       <c r="F176" t="s">
         <v>205</v>
       </c>
       <c r="G176" t="s">
         <v>44</v>
       </c>
       <c r="H176">
         <v>2014</v>
       </c>
       <c r="I176"/>
       <c r="J176" t="s">
         <v>451</v>
       </c>
       <c r="K176" t="s">
         <v>24</v>
       </c>
       <c r="L176" t="s">
-        <v>882</v>
+        <v>881</v>
       </c>
       <c r="M176" t="s">
         <v>438</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
+        <v>882</v>
+      </c>
+      <c r="P176" t="s">
         <v>883</v>
-      </c>
-[...1 lines deleted...]
-        <v>884</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
+        <v>884</v>
+      </c>
+      <c r="B177" t="s">
         <v>885</v>
-      </c>
-[...1 lines deleted...]
-        <v>886</v>
       </c>
       <c r="C177" t="s">
         <v>435</v>
       </c>
       <c r="D177" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="E177" t="s">
         <v>63</v>
       </c>
       <c r="F177" t="s">
         <v>205</v>
       </c>
       <c r="G177" t="s">
         <v>44</v>
       </c>
       <c r="H177">
         <v>2017</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
         <v>437</v>
       </c>
       <c r="K177" t="s">
         <v>24</v>
       </c>
       <c r="L177"/>
       <c r="M177" t="s">
         <v>438</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
+        <v>887</v>
+      </c>
+      <c r="P177" t="s">
         <v>888</v>
-      </c>
-[...1 lines deleted...]
-        <v>889</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
+        <v>889</v>
+      </c>
+      <c r="B178" t="s">
         <v>890</v>
-      </c>
-[...1 lines deleted...]
-        <v>891</v>
       </c>
       <c r="C178" t="s">
         <v>435</v>
       </c>
       <c r="D178" t="s">
         <v>32</v>
       </c>
       <c r="E178" t="s">
         <v>63</v>
       </c>
       <c r="F178" t="s">
         <v>205</v>
       </c>
       <c r="G178" t="s">
         <v>22</v>
       </c>
       <c r="H178">
         <v>2017</v>
       </c>
       <c r="I178">
         <v>2021</v>
       </c>
       <c r="J178" t="s">
         <v>451</v>
       </c>
       <c r="K178" t="s">
         <v>24</v>
       </c>
       <c r="L178" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="M178" t="s">
         <v>438</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
+        <v>892</v>
+      </c>
+      <c r="P178" t="s">
         <v>893</v>
-      </c>
-[...1 lines deleted...]
-        <v>894</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
+        <v>894</v>
+      </c>
+      <c r="B179" t="s">
         <v>895</v>
-      </c>
-[...1 lines deleted...]
-        <v>896</v>
       </c>
       <c r="C179" t="s">
         <v>435</v>
       </c>
       <c r="D179" t="s">
         <v>436</v>
       </c>
       <c r="E179" t="s">
         <v>63</v>
       </c>
       <c r="F179" t="s">
         <v>205</v>
       </c>
       <c r="G179" t="s">
         <v>44</v>
       </c>
       <c r="H179">
         <v>2019</v>
       </c>
       <c r="I179"/>
       <c r="J179" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="K179" t="s">
         <v>24</v>
       </c>
       <c r="L179"/>
       <c r="M179" t="s">
         <v>438</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
+        <v>897</v>
+      </c>
+      <c r="P179" t="s">
         <v>898</v>
-      </c>
-[...1 lines deleted...]
-        <v>899</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
+        <v>899</v>
+      </c>
+      <c r="B180" t="s">
         <v>900</v>
-      </c>
-[...1 lines deleted...]
-        <v>901</v>
       </c>
       <c r="C180" t="s">
         <v>435</v>
       </c>
       <c r="D180" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
         <v>205</v>
       </c>
       <c r="G180" t="s">
         <v>44</v>
       </c>
       <c r="H180">
         <v>2021</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="K180" t="s">
         <v>24</v>
       </c>
       <c r="L180"/>
       <c r="M180" t="s">
         <v>438</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
       <c r="P180"/>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
+        <v>903</v>
+      </c>
+      <c r="B181" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
       <c r="C181" t="s">
         <v>435</v>
       </c>
       <c r="D181" t="s">
         <v>32</v>
       </c>
       <c r="E181" t="s">
         <v>63</v>
       </c>
       <c r="F181" t="s">
         <v>205</v>
       </c>
       <c r="G181" t="s">
         <v>22</v>
       </c>
       <c r="H181">
         <v>2017</v>
       </c>
       <c r="I181">
         <v>2021</v>
       </c>
       <c r="J181" t="s">
         <v>451</v>
       </c>
       <c r="K181" t="s">
         <v>24</v>
       </c>
       <c r="L181" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="M181" t="s">
         <v>438</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
+        <v>905</v>
+      </c>
+      <c r="P181" t="s">
         <v>906</v>
-      </c>
-[...1 lines deleted...]
-        <v>907</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
+        <v>907</v>
+      </c>
+      <c r="B182" t="s">
         <v>908</v>
-      </c>
-[...1 lines deleted...]
-        <v>909</v>
       </c>
       <c r="C182" t="s">
         <v>435</v>
       </c>
       <c r="D182" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="E182" t="s">
         <v>63</v>
       </c>
       <c r="F182" t="s">
         <v>205</v>
       </c>
       <c r="G182" t="s">
         <v>782</v>
       </c>
       <c r="H182">
         <v>2021</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
         <v>451</v>
       </c>
       <c r="K182" t="s">
         <v>24</v>
       </c>
       <c r="L182"/>
       <c r="M182" t="s">
         <v>438</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
+        <v>910</v>
+      </c>
+      <c r="P182" t="s">
         <v>911</v>
-      </c>
-[...1 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
+        <v>912</v>
+      </c>
+      <c r="B183" t="s">
         <v>913</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
       <c r="C183" t="s">
         <v>435</v>
       </c>
       <c r="D183" t="s">
-        <v>915</v>
+        <v>914</v>
       </c>
       <c r="E183" t="s">
         <v>63</v>
       </c>
       <c r="F183" t="s">
         <v>205</v>
       </c>
       <c r="G183" t="s">
         <v>782</v>
       </c>
       <c r="H183">
         <v>2021</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
         <v>451</v>
       </c>
       <c r="K183" t="s">
         <v>24</v>
       </c>
       <c r="L183"/>
       <c r="M183" t="s">
         <v>438</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
+        <v>915</v>
+      </c>
+      <c r="P183" t="s">
         <v>916</v>
-      </c>
-[...1 lines deleted...]
-        <v>917</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
+        <v>917</v>
+      </c>
+      <c r="B184" t="s">
         <v>918</v>
-      </c>
-[...1 lines deleted...]
-        <v>919</v>
       </c>
       <c r="C184" t="s">
         <v>435</v>
       </c>
       <c r="D184" t="s">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="E184" t="s">
         <v>63</v>
       </c>
       <c r="F184" t="s">
         <v>205</v>
       </c>
       <c r="G184" t="s">
         <v>22</v>
       </c>
       <c r="H184">
         <v>2005</v>
       </c>
       <c r="I184">
         <v>2015</v>
       </c>
       <c r="J184" t="s">
         <v>451</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
       <c r="L184" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
       <c r="M184" t="s">
         <v>438</v>
       </c>
       <c r="N184" t="s">
         <v>66</v>
       </c>
       <c r="O184" t="s">
+        <v>921</v>
+      </c>
+      <c r="P184" t="s">
         <v>922</v>
-      </c>
-[...1 lines deleted...]
-        <v>923</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
+        <v>923</v>
+      </c>
+      <c r="B185" t="s">
         <v>924</v>
-      </c>
-[...1 lines deleted...]
-        <v>925</v>
       </c>
       <c r="C185" t="s">
         <v>435</v>
       </c>
       <c r="D185" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="E185" t="s">
         <v>63</v>
       </c>
       <c r="F185" t="s">
         <v>540</v>
       </c>
       <c r="G185" t="s">
         <v>22</v>
       </c>
       <c r="H185">
         <v>2007</v>
       </c>
       <c r="I185">
         <v>2020</v>
       </c>
       <c r="J185" t="s">
         <v>451</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
       <c r="L185" t="s">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="M185" t="s">
         <v>438</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
+        <v>927</v>
+      </c>
+      <c r="P185" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
+        <v>929</v>
+      </c>
+      <c r="B186" t="s">
         <v>930</v>
-      </c>
-[...1 lines deleted...]
-        <v>931</v>
       </c>
       <c r="C186" t="s">
         <v>435</v>
       </c>
       <c r="D186" t="s">
         <v>661</v>
       </c>
       <c r="E186" t="s">
         <v>63</v>
       </c>
       <c r="F186" t="s">
         <v>205</v>
       </c>
       <c r="G186" t="s">
         <v>22</v>
       </c>
       <c r="H186">
         <v>2007</v>
       </c>
       <c r="I186">
         <v>2015</v>
       </c>
       <c r="J186" t="s">
         <v>451</v>
       </c>
       <c r="K186" t="s">
         <v>24</v>
       </c>
       <c r="L186" t="s">
-        <v>932</v>
+        <v>931</v>
       </c>
       <c r="M186" t="s">
         <v>438</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
+        <v>932</v>
+      </c>
+      <c r="P186" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
+        <v>934</v>
+      </c>
+      <c r="B187" t="s">
         <v>935</v>
-      </c>
-[...1 lines deleted...]
-        <v>936</v>
       </c>
       <c r="C187" t="s">
         <v>435</v>
       </c>
       <c r="D187" t="s">
         <v>523</v>
       </c>
       <c r="E187" t="s">
         <v>63</v>
       </c>
       <c r="F187" t="s">
         <v>205</v>
       </c>
       <c r="G187" t="s">
         <v>22</v>
       </c>
       <c r="H187">
         <v>2007</v>
       </c>
       <c r="I187">
         <v>2020</v>
       </c>
       <c r="J187" t="s">
         <v>451</v>
       </c>
       <c r="K187" t="s">
         <v>24</v>
       </c>
       <c r="L187" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="M187" t="s">
         <v>438</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
+        <v>937</v>
+      </c>
+      <c r="P187" t="s">
         <v>938</v>
-      </c>
-[...1 lines deleted...]
-        <v>939</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
+        <v>939</v>
+      </c>
+      <c r="B188" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
       <c r="C188" t="s">
         <v>435</v>
       </c>
       <c r="D188" t="s">
         <v>523</v>
       </c>
       <c r="E188" t="s">
         <v>63</v>
       </c>
       <c r="F188" t="s">
         <v>205</v>
       </c>
       <c r="G188" t="s">
         <v>782</v>
       </c>
       <c r="H188">
         <v>2021</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
         <v>451</v>
       </c>
       <c r="K188" t="s">
         <v>24</v>
       </c>
       <c r="L188"/>
       <c r="M188" t="s">
         <v>438</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
+        <v>941</v>
+      </c>
+      <c r="P188" t="s">
         <v>942</v>
-      </c>
-[...1 lines deleted...]
-        <v>943</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
+        <v>943</v>
+      </c>
+      <c r="B189" t="s">
         <v>944</v>
-      </c>
-[...1 lines deleted...]
-        <v>945</v>
       </c>
       <c r="C189" t="s">
         <v>435</v>
       </c>
       <c r="D189" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
       <c r="E189" t="s">
         <v>63</v>
       </c>
       <c r="F189" t="s">
         <v>205</v>
       </c>
       <c r="G189" t="s">
         <v>22</v>
       </c>
       <c r="H189">
         <v>2008</v>
       </c>
       <c r="I189">
         <v>2015</v>
       </c>
       <c r="J189" t="s">
         <v>451</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
       <c r="L189"/>
       <c r="M189" t="s">
         <v>438</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
+        <v>946</v>
+      </c>
+      <c r="P189" t="s">
         <v>947</v>
-      </c>
-[...1 lines deleted...]
-        <v>948</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
+        <v>948</v>
+      </c>
+      <c r="B190" t="s">
         <v>949</v>
-      </c>
-[...1 lines deleted...]
-        <v>950</v>
       </c>
       <c r="C190" t="s">
         <v>435</v>
       </c>
       <c r="D190" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
       <c r="E190" t="s">
         <v>63</v>
       </c>
       <c r="F190" t="s">
         <v>205</v>
       </c>
       <c r="G190" t="s">
         <v>22</v>
       </c>
       <c r="H190">
         <v>2008</v>
       </c>
       <c r="I190">
         <v>2015</v>
       </c>
       <c r="J190" t="s">
         <v>451</v>
       </c>
       <c r="K190" t="s">
         <v>24</v>
       </c>
       <c r="L190" t="s">
-        <v>952</v>
+        <v>951</v>
       </c>
       <c r="M190" t="s">
         <v>438</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
+        <v>952</v>
+      </c>
+      <c r="P190" t="s">
         <v>953</v>
-      </c>
-[...1 lines deleted...]
-        <v>954</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
+        <v>954</v>
+      </c>
+      <c r="B191" t="s">
         <v>955</v>
-      </c>
-[...1 lines deleted...]
-        <v>956</v>
       </c>
       <c r="C191" t="s">
         <v>435</v>
       </c>
       <c r="D191" t="s">
         <v>516</v>
       </c>
       <c r="E191" t="s">
         <v>63</v>
       </c>
       <c r="F191" t="s">
         <v>205</v>
       </c>
       <c r="G191" t="s">
         <v>22</v>
       </c>
       <c r="H191">
         <v>2009</v>
       </c>
       <c r="I191">
         <v>2018</v>
       </c>
       <c r="J191" t="s">
         <v>451</v>
       </c>
       <c r="K191" t="s">
         <v>24</v>
       </c>
       <c r="L191"/>
       <c r="M191" t="s">
         <v>438</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
+        <v>956</v>
+      </c>
+      <c r="P191" t="s">
         <v>957</v>
-      </c>
-[...1 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
+        <v>958</v>
+      </c>
+      <c r="B192" t="s">
         <v>959</v>
-      </c>
-[...1 lines deleted...]
-        <v>960</v>
       </c>
       <c r="C192" t="s">
         <v>435</v>
       </c>
       <c r="D192" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
       <c r="E192" t="s">
         <v>63</v>
       </c>
       <c r="F192" t="s">
         <v>205</v>
       </c>
       <c r="G192" t="s">
         <v>22</v>
       </c>
       <c r="H192">
         <v>2009</v>
       </c>
       <c r="I192">
         <v>2013</v>
       </c>
       <c r="J192" t="s">
         <v>451</v>
       </c>
       <c r="K192" t="s">
         <v>24</v>
       </c>
       <c r="L192" t="s">
-        <v>952</v>
+        <v>951</v>
       </c>
       <c r="M192" t="s">
         <v>438</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
+        <v>960</v>
+      </c>
+      <c r="P192" t="s">
         <v>961</v>
-      </c>
-[...1 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
+        <v>962</v>
+      </c>
+      <c r="B193" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
       <c r="C193" t="s">
         <v>435</v>
       </c>
       <c r="D193" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
       <c r="E193" t="s">
         <v>63</v>
       </c>
       <c r="F193" t="s">
         <v>205</v>
       </c>
       <c r="G193" t="s">
         <v>22</v>
       </c>
       <c r="H193">
         <v>2009</v>
       </c>
       <c r="I193">
         <v>2013</v>
       </c>
       <c r="J193" t="s">
         <v>451</v>
       </c>
       <c r="K193" t="s">
         <v>24</v>
       </c>
       <c r="L193"/>
       <c r="M193" t="s">
         <v>438</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
+        <v>964</v>
+      </c>
+      <c r="P193" t="s">
         <v>965</v>
-      </c>
-[...1 lines deleted...]
-        <v>966</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
+        <v>966</v>
+      </c>
+      <c r="B194" t="s">
         <v>967</v>
-      </c>
-[...1 lines deleted...]
-        <v>968</v>
       </c>
       <c r="C194" t="s">
         <v>435</v>
       </c>
       <c r="D194" t="s">
         <v>516</v>
       </c>
       <c r="E194" t="s">
         <v>63</v>
       </c>
       <c r="F194" t="s">
         <v>205</v>
       </c>
       <c r="G194" t="s">
         <v>44</v>
       </c>
       <c r="H194">
         <v>2009</v>
       </c>
       <c r="I194"/>
       <c r="J194" t="s">
         <v>437</v>
       </c>
       <c r="K194" t="s">
         <v>517</v>
       </c>
       <c r="L194"/>
       <c r="M194" t="s">
         <v>438</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
+        <v>968</v>
+      </c>
+      <c r="P194" t="s">
         <v>969</v>
-      </c>
-[...1 lines deleted...]
-        <v>970</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
+        <v>970</v>
+      </c>
+      <c r="B195" t="s">
         <v>971</v>
-      </c>
-[...1 lines deleted...]
-        <v>972</v>
       </c>
       <c r="C195" t="s">
         <v>435</v>
       </c>
       <c r="D195" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="E195" t="s">
         <v>63</v>
       </c>
       <c r="F195" t="s">
         <v>205</v>
       </c>
       <c r="G195" t="s">
         <v>22</v>
       </c>
       <c r="H195">
         <v>2015</v>
       </c>
       <c r="I195">
         <v>2015</v>
       </c>
       <c r="J195" t="s">
         <v>451</v>
       </c>
       <c r="K195" t="s">
         <v>24</v>
       </c>
       <c r="L195"/>
       <c r="M195" t="s">
         <v>438</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
+        <v>973</v>
+      </c>
+      <c r="P195" t="s">
         <v>974</v>
-      </c>
-[...1 lines deleted...]
-        <v>975</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
+        <v>975</v>
+      </c>
+      <c r="B196" t="s">
         <v>976</v>
-      </c>
-[...1 lines deleted...]
-        <v>977</v>
       </c>
       <c r="C196" t="s">
         <v>435</v>
       </c>
       <c r="D196" t="s">
         <v>259</v>
       </c>
       <c r="E196" t="s">
         <v>63</v>
       </c>
       <c r="F196" t="s">
         <v>205</v>
       </c>
       <c r="G196" t="s">
         <v>22</v>
       </c>
       <c r="H196">
         <v>2010</v>
       </c>
       <c r="I196">
         <v>2015</v>
       </c>
       <c r="J196" t="s">
         <v>451</v>
       </c>
       <c r="K196" t="s">
         <v>24</v>
       </c>
       <c r="L196"/>
       <c r="M196" t="s">
         <v>438</v>
       </c>
       <c r="N196" t="s">
         <v>66</v>
       </c>
       <c r="O196" t="s">
+        <v>977</v>
+      </c>
+      <c r="P196" t="s">
         <v>978</v>
-      </c>
-[...1 lines deleted...]
-        <v>979</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
+        <v>979</v>
+      </c>
+      <c r="B197" t="s">
         <v>980</v>
-      </c>
-[...1 lines deleted...]
-        <v>981</v>
       </c>
       <c r="C197" t="s">
         <v>435</v>
       </c>
       <c r="D197" t="s">
         <v>109</v>
       </c>
       <c r="E197" t="s">
         <v>63</v>
       </c>
       <c r="F197" t="s">
         <v>205</v>
       </c>
       <c r="G197" t="s">
         <v>22</v>
       </c>
       <c r="H197">
         <v>2010</v>
       </c>
       <c r="I197">
         <v>2013</v>
       </c>
       <c r="J197" t="s">
         <v>451</v>
       </c>
       <c r="K197" t="s">
         <v>24</v>
       </c>
       <c r="L197" t="s">
-        <v>982</v>
+        <v>981</v>
       </c>
       <c r="M197" t="s">
         <v>438</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
+        <v>982</v>
+      </c>
+      <c r="P197" t="s">
         <v>983</v>
-      </c>
-[...1 lines deleted...]
-        <v>984</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
+        <v>984</v>
+      </c>
+      <c r="B198" t="s">
         <v>985</v>
-      </c>
-[...1 lines deleted...]
-        <v>986</v>
       </c>
       <c r="C198" t="s">
         <v>435</v>
       </c>
       <c r="D198" t="s">
         <v>43</v>
       </c>
       <c r="E198" t="s">
         <v>63</v>
       </c>
       <c r="F198" t="s">
         <v>205</v>
       </c>
       <c r="G198" t="s">
-        <v>987</v>
+        <v>986</v>
       </c>
       <c r="H198">
         <v>2010</v>
       </c>
       <c r="I198">
         <v>2019</v>
       </c>
       <c r="J198" t="s">
         <v>451</v>
       </c>
       <c r="K198" t="s">
         <v>593</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
         <v>438</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
+        <v>987</v>
+      </c>
+      <c r="P198" t="s">
         <v>988</v>
-      </c>
-[...1 lines deleted...]
-        <v>989</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
+        <v>989</v>
+      </c>
+      <c r="B199" t="s">
         <v>990</v>
-      </c>
-[...1 lines deleted...]
-        <v>991</v>
       </c>
       <c r="C199" t="s">
         <v>435</v>
       </c>
       <c r="D199" t="s">
         <v>43</v>
       </c>
       <c r="E199" t="s">
         <v>63</v>
       </c>
       <c r="F199" t="s">
         <v>205</v>
       </c>
       <c r="G199" t="s">
         <v>22</v>
       </c>
       <c r="H199">
         <v>2010</v>
       </c>
       <c r="I199">
         <v>2019</v>
       </c>
       <c r="J199" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="K199" t="s">
         <v>593</v>
       </c>
       <c r="L199"/>
       <c r="M199" t="s">
         <v>438</v>
       </c>
       <c r="N199" t="s">
         <v>66</v>
       </c>
       <c r="O199" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
       <c r="P199" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
+        <v>992</v>
+      </c>
+      <c r="B200" t="s">
         <v>993</v>
-      </c>
-[...1 lines deleted...]
-        <v>994</v>
       </c>
       <c r="C200" t="s">
         <v>435</v>
       </c>
       <c r="D200" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
       <c r="E200" t="s">
         <v>63</v>
       </c>
       <c r="F200" t="s">
         <v>205</v>
       </c>
       <c r="G200" t="s">
         <v>22</v>
       </c>
       <c r="H200">
         <v>2012</v>
       </c>
       <c r="I200">
         <v>2015</v>
       </c>
       <c r="J200" t="s">
         <v>451</v>
       </c>
       <c r="K200" t="s">
         <v>24</v>
       </c>
       <c r="L200" t="s">
-        <v>996</v>
+        <v>995</v>
       </c>
       <c r="M200" t="s">
         <v>438</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
+        <v>996</v>
+      </c>
+      <c r="P200" t="s">
         <v>997</v>
-      </c>
-[...1 lines deleted...]
-        <v>998</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
+        <v>998</v>
+      </c>
+      <c r="B201" t="s">
         <v>999</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="C201" t="s">
         <v>435</v>
       </c>
       <c r="D201" t="s">
         <v>37</v>
       </c>
       <c r="E201" t="s">
         <v>63</v>
       </c>
       <c r="F201" t="s">
         <v>205</v>
       </c>
       <c r="G201" t="s">
         <v>22</v>
       </c>
       <c r="H201">
         <v>2012</v>
       </c>
       <c r="I201">
         <v>2015</v>
       </c>
       <c r="J201" t="s">
         <v>451</v>
       </c>
       <c r="K201" t="s">
         <v>24</v>
       </c>
       <c r="L201" t="s">
-        <v>996</v>
+        <v>995</v>
       </c>
       <c r="M201" t="s">
         <v>438</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P201" t="s">
         <v>1001</v>
-      </c>
-[...1 lines deleted...]
-        <v>1002</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B202" t="s">
         <v>1003</v>
-      </c>
-[...1 lines deleted...]
-        <v>1004</v>
       </c>
       <c r="C202" t="s">
         <v>435</v>
       </c>
       <c r="D202" t="s">
         <v>37</v>
       </c>
       <c r="E202" t="s">
         <v>63</v>
       </c>
       <c r="F202" t="s">
         <v>205</v>
       </c>
       <c r="G202" t="s">
         <v>44</v>
       </c>
       <c r="H202">
         <v>2012</v>
       </c>
       <c r="I202"/>
       <c r="J202" t="s">
         <v>451</v>
       </c>
       <c r="K202" t="s">
         <v>24</v>
       </c>
       <c r="L202" t="s">
-        <v>996</v>
+        <v>995</v>
       </c>
       <c r="M202" t="s">
         <v>438</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
+        <v>1004</v>
+      </c>
+      <c r="P202" t="s">
         <v>1005</v>
-      </c>
-[...1 lines deleted...]
-        <v>1006</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B203" t="s">
         <v>1007</v>
-      </c>
-[...1 lines deleted...]
-        <v>1008</v>
       </c>
       <c r="C203" t="s">
         <v>435</v>
       </c>
       <c r="D203" t="s">
         <v>19</v>
       </c>
       <c r="E203" t="s">
         <v>63</v>
       </c>
       <c r="F203" t="s">
         <v>205</v>
       </c>
       <c r="G203" t="s">
         <v>22</v>
       </c>
       <c r="H203">
         <v>2012</v>
       </c>
       <c r="I203">
         <v>2021</v>
       </c>
       <c r="J203" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="K203" t="s">
         <v>24</v>
       </c>
       <c r="L203"/>
       <c r="M203" t="s">
         <v>438</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
+        <v>1008</v>
+      </c>
+      <c r="P203" t="s">
         <v>1009</v>
-      </c>
-[...1 lines deleted...]
-        <v>1010</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B204" t="s">
         <v>1011</v>
-      </c>
-[...1 lines deleted...]
-        <v>1012</v>
       </c>
       <c r="C204" t="s">
         <v>435</v>
       </c>
       <c r="D204" t="s">
         <v>19</v>
       </c>
       <c r="E204" t="s">
         <v>63</v>
       </c>
       <c r="F204" t="s">
         <v>205</v>
       </c>
       <c r="G204" t="s">
-        <v>1013</v>
+        <v>1012</v>
       </c>
       <c r="H204">
         <v>2012</v>
       </c>
       <c r="I204">
         <v>2015</v>
       </c>
       <c r="J204" t="s">
         <v>437</v>
       </c>
       <c r="K204" t="s">
         <v>24</v>
       </c>
       <c r="L204"/>
       <c r="M204" t="s">
         <v>438</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P204" t="s">
         <v>1014</v>
-      </c>
-[...1 lines deleted...]
-        <v>1015</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B205" t="s">
         <v>1016</v>
-      </c>
-[...1 lines deleted...]
-        <v>1017</v>
       </c>
       <c r="C205" t="s">
         <v>435</v>
       </c>
       <c r="D205" t="s">
         <v>19</v>
       </c>
       <c r="E205" t="s">
         <v>63</v>
       </c>
       <c r="F205" t="s">
         <v>205</v>
       </c>
       <c r="G205" t="s">
         <v>44</v>
       </c>
       <c r="H205">
         <v>2012</v>
       </c>
       <c r="I205"/>
       <c r="J205" t="s">
         <v>451</v>
       </c>
       <c r="K205" t="s">
         <v>24</v>
       </c>
       <c r="L205"/>
       <c r="M205" t="s">
         <v>438</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
+        <v>1017</v>
+      </c>
+      <c r="P205" t="s">
         <v>1018</v>
-      </c>
-[...1 lines deleted...]
-        <v>1019</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B206" t="s">
         <v>1020</v>
-      </c>
-[...1 lines deleted...]
-        <v>1021</v>
       </c>
       <c r="C206" t="s">
         <v>435</v>
       </c>
       <c r="D206" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="E206" t="s">
         <v>63</v>
       </c>
       <c r="F206" t="s">
         <v>205</v>
       </c>
       <c r="G206" t="s">
         <v>782</v>
       </c>
       <c r="H206">
         <v>2021</v>
       </c>
       <c r="I206"/>
       <c r="J206" t="s">
         <v>451</v>
       </c>
       <c r="K206" t="s">
         <v>24</v>
       </c>
       <c r="L206" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
       <c r="M206" t="s">
         <v>438</v>
       </c>
       <c r="N206" t="s">
         <v>66</v>
       </c>
       <c r="O206" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P206" t="s">
         <v>1023</v>
-      </c>
-[...1 lines deleted...]
-        <v>1024</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B207" t="s">
         <v>1025</v>
-      </c>
-[...1 lines deleted...]
-        <v>1026</v>
       </c>
       <c r="C207" t="s">
         <v>61</v>
       </c>
       <c r="D207" t="s">
         <v>115</v>
       </c>
       <c r="E207" t="s">
         <v>63</v>
       </c>
       <c r="F207" t="s">
         <v>64</v>
       </c>
       <c r="G207" t="s">
         <v>44</v>
       </c>
       <c r="H207">
         <v>2021</v>
       </c>
       <c r="I207"/>
       <c r="J207" t="s">
         <v>65</v>
       </c>
       <c r="K207" t="s">
         <v>24</v>
       </c>
       <c r="L207"/>
       <c r="M207"/>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
+        <v>1026</v>
+      </c>
+      <c r="P207" t="s">
         <v>1027</v>
-      </c>
-[...1 lines deleted...]
-        <v>1028</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>1025</v>
+        <v>1024</v>
       </c>
       <c r="B208" t="s">
-        <v>1029</v>
+        <v>1028</v>
       </c>
       <c r="C208" t="s">
         <v>61</v>
       </c>
       <c r="D208" t="s">
         <v>115</v>
       </c>
       <c r="E208" t="s">
         <v>63</v>
       </c>
       <c r="F208" t="s">
         <v>205</v>
       </c>
       <c r="G208" t="s">
         <v>44</v>
       </c>
       <c r="H208">
         <v>2021</v>
       </c>
       <c r="I208"/>
       <c r="J208" t="s">
         <v>65</v>
       </c>
       <c r="K208" t="s">
         <v>24</v>
       </c>
       <c r="L208"/>
       <c r="M208"/>
       <c r="N208" t="s">
         <v>27</v>
       </c>
       <c r="O208" t="s">
+        <v>1029</v>
+      </c>
+      <c r="P208" t="s">
         <v>1030</v>
-      </c>
-[...1 lines deleted...]
-        <v>1031</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B209" t="s">
         <v>1032</v>
-      </c>
-[...1 lines deleted...]
-        <v>1033</v>
       </c>
       <c r="C209" t="s">
         <v>61</v>
       </c>
       <c r="D209" t="s">
-        <v>1034</v>
+        <v>1033</v>
       </c>
       <c r="E209" t="s">
         <v>63</v>
       </c>
       <c r="F209" t="s">
         <v>205</v>
       </c>
       <c r="G209" t="s">
         <v>44</v>
       </c>
       <c r="H209">
         <v>2021</v>
       </c>
       <c r="I209"/>
       <c r="J209" t="s">
         <v>65</v>
       </c>
       <c r="K209" t="s">
         <v>24</v>
       </c>
       <c r="L209"/>
       <c r="M209"/>
       <c r="N209" t="s">
         <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="P209" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B210" t="s">
         <v>1036</v>
-      </c>
-[...1 lines deleted...]
-        <v>1037</v>
       </c>
       <c r="C210" t="s">
         <v>61</v>
       </c>
       <c r="D210" t="s">
-        <v>1038</v>
+        <v>1037</v>
       </c>
       <c r="E210" t="s">
         <v>63</v>
       </c>
       <c r="F210" t="s">
         <v>205</v>
       </c>
       <c r="G210" t="s">
         <v>44</v>
       </c>
       <c r="H210">
         <v>2021</v>
       </c>
       <c r="I210"/>
       <c r="J210" t="s">
         <v>65</v>
       </c>
       <c r="K210" t="s">
         <v>24</v>
       </c>
       <c r="L210"/>
       <c r="M210"/>
       <c r="N210" t="s">
         <v>66</v>
       </c>
       <c r="O210" t="s">
-        <v>1039</v>
+        <v>1038</v>
       </c>
       <c r="P210" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B211" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="C211" t="s">
         <v>61</v>
       </c>
       <c r="D211" t="s">
         <v>130</v>
       </c>
       <c r="E211" t="s">
         <v>63</v>
       </c>
       <c r="F211" t="s">
         <v>205</v>
       </c>
       <c r="G211" t="s">
         <v>44</v>
       </c>
       <c r="H211">
         <v>2021</v>
       </c>
       <c r="I211"/>
       <c r="J211" t="s">
         <v>65</v>
       </c>
       <c r="K211" t="s">
         <v>24</v>
       </c>
       <c r="L211"/>
       <c r="M211"/>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
+        <v>1041</v>
+      </c>
+      <c r="P211" t="s">
         <v>1042</v>
-      </c>
-[...1 lines deleted...]
-        <v>1043</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B212" t="s">
         <v>1044</v>
-      </c>
-[...1 lines deleted...]
-        <v>1045</v>
       </c>
       <c r="C212" t="s">
         <v>61</v>
       </c>
       <c r="D212" t="s">
         <v>121</v>
       </c>
       <c r="E212" t="s">
         <v>63</v>
       </c>
       <c r="F212" t="s">
         <v>205</v>
       </c>
       <c r="G212" t="s">
         <v>44</v>
       </c>
       <c r="H212">
         <v>2021</v>
       </c>
       <c r="I212"/>
       <c r="J212" t="s">
         <v>65</v>
       </c>
       <c r="K212" t="s">
         <v>24</v>
       </c>
       <c r="L212"/>
       <c r="M212"/>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
+        <v>1045</v>
+      </c>
+      <c r="P212" t="s">
         <v>1046</v>
-      </c>
-[...1 lines deleted...]
-        <v>1047</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B213" t="s">
         <v>1048</v>
-      </c>
-[...1 lines deleted...]
-        <v>1049</v>
       </c>
       <c r="C213" t="s">
         <v>61</v>
       </c>
       <c r="D213" t="s">
         <v>138</v>
       </c>
       <c r="E213" t="s">
         <v>63</v>
       </c>
       <c r="F213" t="s">
         <v>205</v>
       </c>
       <c r="G213" t="s">
         <v>44</v>
       </c>
       <c r="H213">
         <v>2021</v>
       </c>
       <c r="I213"/>
       <c r="J213" t="s">
         <v>65</v>
       </c>
       <c r="K213" t="s">
         <v>24</v>
       </c>
       <c r="L213"/>
       <c r="M213"/>
       <c r="N213" t="s">
         <v>66</v>
       </c>
       <c r="O213" t="s">
+        <v>1049</v>
+      </c>
+      <c r="P213" t="s">
         <v>1050</v>
-      </c>
-[...1 lines deleted...]
-        <v>1051</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B214" t="s">
         <v>1052</v>
-      </c>
-[...1 lines deleted...]
-        <v>1053</v>
       </c>
       <c r="C214" t="s">
         <v>61</v>
       </c>
       <c r="D214" t="s">
         <v>102</v>
       </c>
       <c r="E214" t="s">
         <v>63</v>
       </c>
       <c r="F214" t="s">
         <v>205</v>
       </c>
       <c r="G214" t="s">
         <v>44</v>
       </c>
       <c r="H214">
         <v>2021</v>
       </c>
       <c r="I214"/>
       <c r="J214" t="s">
         <v>65</v>
       </c>
       <c r="K214" t="s">
         <v>24</v>
       </c>
       <c r="L214"/>
       <c r="M214"/>
       <c r="N214" t="s">
         <v>27</v>
       </c>
       <c r="O214" t="s">
+        <v>1053</v>
+      </c>
+      <c r="P214" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B215" t="s">
         <v>1056</v>
-      </c>
-[...1 lines deleted...]
-        <v>1057</v>
       </c>
       <c r="C215" t="s">
         <v>61</v>
       </c>
       <c r="D215" t="s">
         <v>270</v>
       </c>
       <c r="E215" t="s">
         <v>63</v>
       </c>
       <c r="F215" t="s">
         <v>205</v>
       </c>
       <c r="G215" t="s">
         <v>44</v>
       </c>
       <c r="H215">
         <v>2021</v>
       </c>
       <c r="I215"/>
       <c r="J215" t="s">
         <v>65</v>
       </c>
       <c r="K215" t="s">
         <v>51</v>
       </c>
       <c r="L215"/>
       <c r="M215"/>
       <c r="N215" t="s">
         <v>66</v>
       </c>
       <c r="O215" t="s">
-        <v>1058</v>
+        <v>1057</v>
       </c>
       <c r="P215" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B216" t="s">
         <v>1059</v>
-      </c>
-[...1 lines deleted...]
-        <v>1060</v>
       </c>
       <c r="C216" t="s">
         <v>435</v>
       </c>
       <c r="D216" t="s">
         <v>507</v>
       </c>
       <c r="E216" t="s">
         <v>63</v>
       </c>
       <c r="F216" t="s">
         <v>205</v>
       </c>
       <c r="G216" t="s">
         <v>22</v>
       </c>
       <c r="H216">
         <v>2011</v>
       </c>
       <c r="I216">
         <v>2013</v>
       </c>
       <c r="J216" t="s">
         <v>437</v>
       </c>
       <c r="K216" t="s">
         <v>24</v>
       </c>
       <c r="L216"/>
       <c r="M216" t="s">
         <v>438</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
+        <v>1060</v>
+      </c>
+      <c r="P216" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B217" t="s">
         <v>1063</v>
-      </c>
-[...1 lines deleted...]
-        <v>1064</v>
       </c>
       <c r="C217" t="s">
         <v>18</v>
       </c>
       <c r="D217" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
         <v>205</v>
       </c>
       <c r="G217" t="s">
         <v>44</v>
       </c>
       <c r="H217">
         <v>2014</v>
       </c>
       <c r="I217"/>
       <c r="J217" t="s">
         <v>38</v>
       </c>
       <c r="K217" t="s">
         <v>24</v>
       </c>
       <c r="L217"/>
       <c r="M217"/>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
+        <v>1065</v>
+      </c>
+      <c r="P217" t="s">
         <v>1066</v>
-      </c>
-[...1 lines deleted...]
-        <v>1067</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B218" t="s">
         <v>1068</v>
-      </c>
-[...1 lines deleted...]
-        <v>1069</v>
       </c>
       <c r="C218" t="s">
         <v>146</v>
       </c>
       <c r="D218" t="s">
         <v>37</v>
       </c>
       <c r="E218" t="s">
         <v>20</v>
       </c>
       <c r="F218" t="s">
         <v>205</v>
       </c>
       <c r="G218" t="s">
         <v>44</v>
       </c>
       <c r="H218">
         <v>2013</v>
       </c>
       <c r="I218"/>
       <c r="J218" t="s">
         <v>38</v>
       </c>
       <c r="K218" t="s">
         <v>24</v>
       </c>
       <c r="L218"/>
       <c r="M218"/>
       <c r="N218" t="s">
         <v>27</v>
       </c>
       <c r="O218" t="s">
+        <v>1069</v>
+      </c>
+      <c r="P218" t="s">
         <v>1070</v>
-      </c>
-[...1 lines deleted...]
-        <v>1071</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">