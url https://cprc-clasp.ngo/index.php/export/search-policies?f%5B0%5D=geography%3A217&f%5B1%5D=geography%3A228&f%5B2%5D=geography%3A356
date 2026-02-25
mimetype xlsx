--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1271">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1270">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1093,60 +1093,61 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
   </si>
@@ -3460,53 +3461,50 @@
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
     <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
-  </si>
-[...1 lines deleted...]
-    <t>December 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
@@ -7665,55 +7663,53 @@
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>339</v>
       </c>
       <c r="B70" t="s">
         <v>340</v>
       </c>
       <c r="C70" t="s">
         <v>146</v>
       </c>
       <c r="D70" t="s">
         <v>341</v>
       </c>
       <c r="E70" t="s">
         <v>63</v>
       </c>
       <c r="F70" t="s">
         <v>205</v>
       </c>
       <c r="G70" t="s">
         <v>342</v>
       </c>
       <c r="H70">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
         <v>343</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
         <v>344</v>
       </c>
       <c r="M70" t="s">
         <v>345</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
         <v>346</v>
       </c>
       <c r="P70" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>348</v>
@@ -16381,1653 +16377,1653 @@
     <row r="253" spans="1:16">
       <c r="A253" t="s">
         <v>1109</v>
       </c>
       <c r="B253"/>
       <c r="C253" t="s">
         <v>508</v>
       </c>
       <c r="D253" t="s">
         <v>502</v>
       </c>
       <c r="E253" t="s">
         <v>63</v>
       </c>
       <c r="F253" t="s">
         <v>519</v>
       </c>
       <c r="G253" t="s">
         <v>1098</v>
       </c>
       <c r="H253">
         <v>2017</v>
       </c>
       <c r="I253"/>
       <c r="J253" t="s">
-        <v>1110</v>
+        <v>343</v>
       </c>
       <c r="K253" t="s">
         <v>24</v>
       </c>
       <c r="L253"/>
       <c r="M253" t="s">
         <v>1101</v>
       </c>
       <c r="N253" t="s">
         <v>27</v>
       </c>
       <c r="O253" t="s">
-        <v>1111</v>
+        <v>1110</v>
       </c>
       <c r="P253" t="s">
         <v>1103</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B254" t="s">
         <v>1112</v>
-      </c>
-[...1 lines deleted...]
-        <v>1113</v>
       </c>
       <c r="C254" t="s">
         <v>508</v>
       </c>
       <c r="D254" t="s">
         <v>662</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
         <v>64</v>
       </c>
       <c r="G254" t="s">
         <v>22</v>
       </c>
       <c r="H254">
         <v>2017</v>
       </c>
       <c r="I254">
         <v>2019</v>
       </c>
       <c r="J254" t="s">
         <v>607</v>
       </c>
       <c r="K254" t="s">
         <v>24</v>
       </c>
       <c r="L254"/>
       <c r="M254" t="s">
         <v>512</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
       <c r="P254" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B255" t="s">
         <v>1115</v>
-      </c>
-[...1 lines deleted...]
-        <v>1116</v>
       </c>
       <c r="C255" t="s">
         <v>508</v>
       </c>
       <c r="D255" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="E255" t="s">
         <v>63</v>
       </c>
       <c r="F255" t="s">
-        <v>1118</v>
+        <v>1117</v>
       </c>
       <c r="G255" t="s">
         <v>44</v>
       </c>
       <c r="H255">
         <v>2018</v>
       </c>
       <c r="I255"/>
       <c r="J255" t="s">
         <v>607</v>
       </c>
       <c r="K255" t="s">
         <v>24</v>
       </c>
       <c r="L255" t="s">
+        <v>1118</v>
+      </c>
+      <c r="M255" t="s">
         <v>1119</v>
       </c>
-      <c r="M255" t="s">
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
         <v>1120</v>
       </c>
-      <c r="N255" t="s">
-[...2 lines deleted...]
-      <c r="O255" t="s">
+      <c r="P255" t="s">
         <v>1121</v>
-      </c>
-[...1 lines deleted...]
-        <v>1122</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B256" t="s">
         <v>1123</v>
       </c>
-      <c r="B256" t="s">
+      <c r="C256" t="s">
         <v>1124</v>
-      </c>
-[...1 lines deleted...]
-        <v>1125</v>
       </c>
       <c r="D256" t="s">
         <v>130</v>
       </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
         <v>21</v>
       </c>
       <c r="G256" t="s">
         <v>44</v>
       </c>
       <c r="H256">
         <v>2014</v>
       </c>
       <c r="I256"/>
       <c r="J256" t="s">
         <v>527</v>
       </c>
       <c r="K256" t="s">
         <v>24</v>
       </c>
       <c r="L256"/>
       <c r="M256" t="s">
+        <v>1125</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
         <v>1126</v>
       </c>
-      <c r="N256" t="s">
-[...2 lines deleted...]
-      <c r="O256" t="s">
+      <c r="P256" t="s">
         <v>1127</v>
-      </c>
-[...1 lines deleted...]
-        <v>1128</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1123</v>
+        <v>1122</v>
       </c>
       <c r="B257" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C257" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D257" t="s">
         <v>1129</v>
-      </c>
-[...4 lines deleted...]
-        <v>1130</v>
       </c>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
         <v>21</v>
       </c>
       <c r="G257" t="s">
         <v>44</v>
       </c>
       <c r="H257">
         <v>2014</v>
       </c>
       <c r="I257"/>
       <c r="J257" t="s">
         <v>527</v>
       </c>
       <c r="K257" t="s">
         <v>51</v>
       </c>
       <c r="L257"/>
       <c r="M257" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="N257" t="s">
         <v>27</v>
       </c>
       <c r="O257" t="s">
-        <v>1131</v>
+        <v>1130</v>
       </c>
       <c r="P257" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1123</v>
+        <v>1122</v>
       </c>
       <c r="B258" t="s">
-        <v>1132</v>
+        <v>1131</v>
       </c>
       <c r="C258" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="D258" t="s">
         <v>796</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>21</v>
       </c>
       <c r="G258" t="s">
         <v>44</v>
       </c>
       <c r="H258">
         <v>2014</v>
       </c>
       <c r="I258"/>
       <c r="J258" t="s">
         <v>527</v>
       </c>
       <c r="K258" t="s">
         <v>24</v>
       </c>
       <c r="L258"/>
       <c r="M258" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="N258" t="s">
         <v>27</v>
       </c>
       <c r="O258" t="s">
-        <v>1133</v>
+        <v>1132</v>
       </c>
       <c r="P258" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B259" t="s">
         <v>1134</v>
       </c>
-      <c r="B259" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C259" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="D259" t="s">
         <v>37</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>21</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
         <v>2006</v>
       </c>
       <c r="I259">
         <v>2015</v>
       </c>
       <c r="J259" t="s">
         <v>527</v>
       </c>
       <c r="K259" t="s">
         <v>24</v>
       </c>
       <c r="L259" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M259" t="s">
+        <v>1125</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
         <v>1136</v>
       </c>
-      <c r="M259" t="s">
-[...5 lines deleted...]
-      <c r="O259" t="s">
+      <c r="P259" t="s">
         <v>1137</v>
-      </c>
-[...1 lines deleted...]
-        <v>1138</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B260" t="s">
         <v>1139</v>
       </c>
-      <c r="B260" t="s">
+      <c r="C260" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D260" t="s">
         <v>1140</v>
-      </c>
-[...4 lines deleted...]
-        <v>1141</v>
       </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
         <v>21</v>
       </c>
       <c r="G260" t="s">
         <v>44</v>
       </c>
       <c r="H260">
         <v>2014</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
         <v>527</v>
       </c>
       <c r="K260" t="s">
+        <v>1141</v>
+      </c>
+      <c r="L260" t="s">
         <v>1142</v>
       </c>
-      <c r="L260" t="s">
+      <c r="M260" t="s">
+        <v>1125</v>
+      </c>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
         <v>1143</v>
       </c>
-      <c r="M260" t="s">
-[...5 lines deleted...]
-      <c r="O260" t="s">
+      <c r="P260" t="s">
         <v>1144</v>
-      </c>
-[...1 lines deleted...]
-        <v>1145</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D261" t="s">
         <v>1146</v>
-      </c>
-[...7 lines deleted...]
-        <v>1147</v>
       </c>
       <c r="E261" t="s">
         <v>20</v>
       </c>
       <c r="F261" t="s">
         <v>21</v>
       </c>
       <c r="G261" t="s">
         <v>44</v>
       </c>
       <c r="H261">
         <v>2015</v>
       </c>
       <c r="I261"/>
       <c r="J261" t="s">
         <v>527</v>
       </c>
       <c r="K261" t="s">
         <v>24</v>
       </c>
       <c r="L261" t="s">
+        <v>1147</v>
+      </c>
+      <c r="M261" t="s">
+        <v>1125</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
         <v>1148</v>
       </c>
-      <c r="M261" t="s">
-[...5 lines deleted...]
-      <c r="O261" t="s">
+      <c r="P261" t="s">
         <v>1149</v>
-      </c>
-[...1 lines deleted...]
-        <v>1150</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B262" t="s">
         <v>1151</v>
       </c>
-      <c r="B262" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C262" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="D262" t="s">
         <v>196</v>
       </c>
       <c r="E262" t="s">
         <v>20</v>
       </c>
       <c r="F262" t="s">
         <v>21</v>
       </c>
       <c r="G262" t="s">
         <v>44</v>
       </c>
       <c r="H262">
         <v>2014</v>
       </c>
       <c r="I262"/>
       <c r="J262" t="s">
         <v>527</v>
       </c>
       <c r="K262" t="s">
         <v>24</v>
       </c>
       <c r="L262" t="s">
+        <v>1152</v>
+      </c>
+      <c r="M262" t="s">
+        <v>1125</v>
+      </c>
+      <c r="N262" t="s">
+        <v>27</v>
+      </c>
+      <c r="O262" t="s">
         <v>1153</v>
       </c>
-      <c r="M262" t="s">
-[...5 lines deleted...]
-      <c r="O262" t="s">
+      <c r="P262" t="s">
         <v>1154</v>
-      </c>
-[...1 lines deleted...]
-        <v>1155</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B263" t="s">
         <v>1156</v>
       </c>
-      <c r="B263" t="s">
+      <c r="C263" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D263" t="s">
         <v>1157</v>
-      </c>
-[...4 lines deleted...]
-        <v>1158</v>
       </c>
       <c r="E263" t="s">
         <v>20</v>
       </c>
       <c r="F263" t="s">
         <v>21</v>
       </c>
       <c r="G263" t="s">
         <v>44</v>
       </c>
       <c r="H263">
         <v>2014</v>
       </c>
       <c r="I263"/>
       <c r="J263" t="s">
         <v>527</v>
       </c>
       <c r="K263" t="s">
         <v>270</v>
       </c>
       <c r="L263" t="s">
+        <v>1158</v>
+      </c>
+      <c r="M263" t="s">
+        <v>1125</v>
+      </c>
+      <c r="N263" t="s">
+        <v>27</v>
+      </c>
+      <c r="O263" t="s">
         <v>1159</v>
       </c>
-      <c r="M263" t="s">
-[...5 lines deleted...]
-      <c r="O263" t="s">
+      <c r="P263" t="s">
         <v>1160</v>
-      </c>
-[...1 lines deleted...]
-        <v>1161</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B264" t="s">
         <v>1162</v>
       </c>
-      <c r="B264" t="s">
+      <c r="C264" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D264" t="s">
         <v>1163</v>
-      </c>
-[...4 lines deleted...]
-        <v>1164</v>
       </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
         <v>21</v>
       </c>
       <c r="G264" t="s">
         <v>44</v>
       </c>
       <c r="H264">
         <v>2015</v>
       </c>
       <c r="I264"/>
       <c r="J264" t="s">
         <v>527</v>
       </c>
       <c r="K264" t="s">
         <v>24</v>
       </c>
       <c r="L264" t="s">
+        <v>1164</v>
+      </c>
+      <c r="M264" t="s">
+        <v>1125</v>
+      </c>
+      <c r="N264" t="s">
+        <v>27</v>
+      </c>
+      <c r="O264" t="s">
         <v>1165</v>
       </c>
-      <c r="M264" t="s">
-[...5 lines deleted...]
-      <c r="O264" t="s">
+      <c r="P264" t="s">
         <v>1166</v>
-      </c>
-[...1 lines deleted...]
-        <v>1167</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B265" t="s">
         <v>1168</v>
-      </c>
-[...1 lines deleted...]
-        <v>1169</v>
       </c>
       <c r="C265" t="s">
         <v>546</v>
       </c>
       <c r="D265" t="s">
         <v>109</v>
       </c>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="F265" t="s">
         <v>21</v>
       </c>
       <c r="G265" t="s">
         <v>22</v>
       </c>
       <c r="H265">
         <v>2012</v>
       </c>
       <c r="I265">
         <v>2012</v>
       </c>
       <c r="J265" t="s">
         <v>548</v>
       </c>
       <c r="K265" t="s">
         <v>24</v>
       </c>
       <c r="L265"/>
       <c r="M265" t="s">
         <v>549</v>
       </c>
       <c r="N265" t="s">
         <v>27</v>
       </c>
       <c r="O265" t="s">
-        <v>1170</v>
+        <v>1169</v>
       </c>
       <c r="P265" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B266" t="s">
         <v>19</v>
       </c>
       <c r="C266" t="s">
         <v>546</v>
       </c>
       <c r="D266" t="s">
         <v>19</v>
       </c>
       <c r="E266" t="s">
         <v>20</v>
       </c>
       <c r="F266" t="s">
         <v>21</v>
       </c>
       <c r="G266" t="s">
         <v>22</v>
       </c>
       <c r="H266">
         <v>2012</v>
       </c>
       <c r="I266">
         <v>2012</v>
       </c>
       <c r="J266" t="s">
         <v>548</v>
       </c>
       <c r="K266" t="s">
         <v>24</v>
       </c>
       <c r="L266"/>
       <c r="M266" t="s">
         <v>549</v>
       </c>
       <c r="N266" t="s">
         <v>27</v>
       </c>
       <c r="O266" t="s">
-        <v>1171</v>
+        <v>1170</v>
       </c>
       <c r="P266" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B267" t="s">
         <v>1172</v>
-      </c>
-[...1 lines deleted...]
-        <v>1173</v>
       </c>
       <c r="C267" t="s">
         <v>712</v>
       </c>
       <c r="D267" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="E267" t="s">
         <v>63</v>
       </c>
       <c r="F267" t="s">
         <v>519</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267">
         <v>2017</v>
       </c>
       <c r="I267">
         <v>2021</v>
       </c>
       <c r="J267" t="s">
         <v>444</v>
       </c>
       <c r="K267" t="s">
+        <v>1174</v>
+      </c>
+      <c r="L267" t="s">
         <v>1175</v>
       </c>
-      <c r="L267" t="s">
+      <c r="M267" t="s">
         <v>1176</v>
-      </c>
-[...1 lines deleted...]
-        <v>1177</v>
       </c>
       <c r="N267" t="s">
         <v>66</v>
       </c>
       <c r="O267" t="s">
+        <v>1177</v>
+      </c>
+      <c r="P267" t="s">
         <v>1178</v>
-      </c>
-[...1 lines deleted...]
-        <v>1179</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B268" t="s">
         <v>1180</v>
       </c>
-      <c r="B268" t="s">
+      <c r="C268" t="s">
         <v>1181</v>
       </c>
-      <c r="C268" t="s">
+      <c r="D268" t="s">
         <v>1182</v>
-      </c>
-[...1 lines deleted...]
-        <v>1183</v>
       </c>
       <c r="E268" t="s">
         <v>63</v>
       </c>
       <c r="F268" t="s">
-        <v>1184</v>
+        <v>1183</v>
       </c>
       <c r="G268" t="s">
         <v>8</v>
       </c>
       <c r="H268">
         <v>2015</v>
       </c>
       <c r="I268">
         <v>2024</v>
       </c>
       <c r="J268" t="s">
+        <v>1184</v>
+      </c>
+      <c r="K268" t="s">
+        <v>24</v>
+      </c>
+      <c r="L268" t="s">
         <v>1185</v>
       </c>
-      <c r="K268" t="s">
-[...2 lines deleted...]
-      <c r="L268" t="s">
+      <c r="M268" t="s">
         <v>1186</v>
       </c>
-      <c r="M268" t="s">
+      <c r="N268" t="s">
+        <v>27</v>
+      </c>
+      <c r="O268" t="s">
         <v>1187</v>
       </c>
-      <c r="N268" t="s">
-[...2 lines deleted...]
-      <c r="O268" t="s">
+      <c r="P268" t="s">
         <v>1188</v>
-      </c>
-[...1 lines deleted...]
-        <v>1189</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B269" t="s">
         <v>1190</v>
-      </c>
-[...1 lines deleted...]
-        <v>1191</v>
       </c>
       <c r="C269" t="s">
         <v>546</v>
       </c>
       <c r="D269" t="s">
         <v>704</v>
       </c>
       <c r="E269" t="s">
         <v>63</v>
       </c>
       <c r="F269" t="s">
-        <v>1184</v>
+        <v>1183</v>
       </c>
       <c r="G269" t="s">
         <v>8</v>
       </c>
       <c r="H269">
         <v>2004</v>
       </c>
       <c r="I269">
         <v>2024</v>
       </c>
       <c r="J269" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="K269" t="s">
         <v>24</v>
       </c>
       <c r="L269" t="s">
+        <v>1191</v>
+      </c>
+      <c r="M269" t="s">
+        <v>1186</v>
+      </c>
+      <c r="N269" t="s">
+        <v>27</v>
+      </c>
+      <c r="O269" t="s">
         <v>1192</v>
       </c>
-      <c r="M269" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P269" t="s">
-        <v>1189</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B270" t="s">
         <v>1194</v>
       </c>
-      <c r="B270" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C270" t="s">
-        <v>1182</v>
+        <v>1181</v>
       </c>
       <c r="D270" t="s">
         <v>547</v>
       </c>
       <c r="E270" t="s">
         <v>63</v>
       </c>
       <c r="F270" t="s">
         <v>519</v>
       </c>
       <c r="G270" t="s">
         <v>1098</v>
       </c>
       <c r="H270">
         <v>2024</v>
       </c>
       <c r="I270"/>
       <c r="J270" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="K270" t="s">
         <v>24</v>
       </c>
       <c r="L270" t="s">
+        <v>1195</v>
+      </c>
+      <c r="M270" t="s">
+        <v>1186</v>
+      </c>
+      <c r="N270" t="s">
+        <v>27</v>
+      </c>
+      <c r="O270" t="s">
         <v>1196</v>
       </c>
-      <c r="M270" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P270" t="s">
-        <v>1189</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B271" t="s">
         <v>1198</v>
       </c>
-      <c r="B271" t="s">
+      <c r="C271" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D271" t="s">
         <v>1199</v>
-      </c>
-[...4 lines deleted...]
-        <v>1200</v>
       </c>
       <c r="E271" t="s">
         <v>63</v>
       </c>
       <c r="F271" t="s">
-        <v>1201</v>
+        <v>1200</v>
       </c>
       <c r="G271" t="s">
         <v>1098</v>
       </c>
       <c r="H271">
         <v>2024</v>
       </c>
       <c r="I271"/>
       <c r="J271" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="K271" t="s">
         <v>24</v>
       </c>
       <c r="L271" t="s">
+        <v>1201</v>
+      </c>
+      <c r="M271" t="s">
+        <v>1186</v>
+      </c>
+      <c r="N271" t="s">
+        <v>27</v>
+      </c>
+      <c r="O271" t="s">
         <v>1202</v>
       </c>
-      <c r="M271" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P271" t="s">
-        <v>1189</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B272" t="s">
         <v>1204</v>
-      </c>
-[...1 lines deleted...]
-        <v>1205</v>
       </c>
       <c r="C272" t="s">
         <v>546</v>
       </c>
       <c r="D272" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="E272" t="s">
         <v>63</v>
       </c>
       <c r="F272" t="s">
         <v>519</v>
       </c>
       <c r="G272" t="s">
         <v>8</v>
       </c>
       <c r="H272">
         <v>2011</v>
       </c>
       <c r="I272">
         <v>2024</v>
       </c>
       <c r="J272" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="K272" t="s">
         <v>24</v>
       </c>
       <c r="L272" t="s">
+        <v>1206</v>
+      </c>
+      <c r="M272" t="s">
+        <v>1186</v>
+      </c>
+      <c r="N272" t="s">
+        <v>27</v>
+      </c>
+      <c r="O272" t="s">
         <v>1207</v>
       </c>
-      <c r="M272" t="s">
-[...5 lines deleted...]
-      <c r="O272" t="s">
+      <c r="P272" t="s">
         <v>1208</v>
-      </c>
-[...1 lines deleted...]
-        <v>1209</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B273" t="s">
         <v>1210</v>
-      </c>
-[...1 lines deleted...]
-        <v>1211</v>
       </c>
       <c r="C273" t="s">
         <v>526</v>
       </c>
       <c r="D273" t="s">
         <v>486</v>
       </c>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
         <v>64</v>
       </c>
       <c r="G273" t="s">
         <v>520</v>
       </c>
       <c r="H273"/>
       <c r="I273"/>
       <c r="J273" t="s">
         <v>527</v>
       </c>
       <c r="K273" t="s">
         <v>24</v>
       </c>
       <c r="L273"/>
       <c r="M273" t="s">
         <v>528</v>
       </c>
       <c r="N273" t="s">
         <v>27</v>
       </c>
       <c r="O273" t="s">
+        <v>1211</v>
+      </c>
+      <c r="P273" t="s">
         <v>1212</v>
-      </c>
-[...1 lines deleted...]
-        <v>1213</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B274" t="s">
         <v>1214</v>
-      </c>
-[...1 lines deleted...]
-        <v>1215</v>
       </c>
       <c r="C274" t="s">
         <v>526</v>
       </c>
       <c r="D274" t="s">
-        <v>1216</v>
+        <v>1215</v>
       </c>
       <c r="E274" t="s">
         <v>20</v>
       </c>
       <c r="F274" t="s">
         <v>64</v>
       </c>
       <c r="G274" t="s">
         <v>44</v>
       </c>
       <c r="H274">
         <v>2014</v>
       </c>
       <c r="I274"/>
       <c r="J274" t="s">
         <v>527</v>
       </c>
       <c r="K274" t="s">
         <v>24</v>
       </c>
       <c r="L274"/>
       <c r="M274" t="s">
         <v>528</v>
       </c>
       <c r="N274" t="s">
         <v>27</v>
       </c>
       <c r="O274" t="s">
+        <v>1216</v>
+      </c>
+      <c r="P274" t="s">
         <v>1217</v>
-      </c>
-[...1 lines deleted...]
-        <v>1218</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B275" t="s">
         <v>1219</v>
-      </c>
-[...1 lines deleted...]
-        <v>1220</v>
       </c>
       <c r="C275" t="s">
         <v>526</v>
       </c>
       <c r="D275" t="s">
-        <v>1221</v>
+        <v>1220</v>
       </c>
       <c r="E275" t="s">
         <v>63</v>
       </c>
       <c r="F275" t="s">
         <v>64</v>
       </c>
       <c r="G275" t="s">
         <v>22</v>
       </c>
       <c r="H275">
         <v>2008</v>
       </c>
       <c r="I275">
         <v>2013</v>
       </c>
       <c r="J275" t="s">
         <v>615</v>
       </c>
       <c r="K275" t="s">
         <v>24</v>
       </c>
       <c r="L275" t="s">
         <v>396</v>
       </c>
       <c r="M275" t="s">
         <v>528</v>
       </c>
       <c r="N275" t="s">
         <v>27</v>
       </c>
       <c r="O275" t="s">
+        <v>1221</v>
+      </c>
+      <c r="P275" t="s">
         <v>1222</v>
-      </c>
-[...1 lines deleted...]
-        <v>1223</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B276" t="s">
         <v>1224</v>
-      </c>
-[...1 lines deleted...]
-        <v>1225</v>
       </c>
       <c r="C276" t="s">
         <v>712</v>
       </c>
       <c r="D276" t="s">
         <v>726</v>
       </c>
       <c r="E276" t="s">
         <v>20</v>
       </c>
       <c r="F276" t="s">
         <v>64</v>
       </c>
       <c r="G276" t="s">
         <v>44</v>
       </c>
       <c r="H276">
         <v>2015</v>
       </c>
       <c r="I276"/>
       <c r="J276" t="s">
         <v>437</v>
       </c>
       <c r="K276" t="s">
         <v>270</v>
       </c>
       <c r="L276"/>
       <c r="M276" t="s">
-        <v>1177</v>
+        <v>1176</v>
       </c>
       <c r="N276" t="s">
         <v>27</v>
       </c>
       <c r="O276" t="s">
+        <v>1225</v>
+      </c>
+      <c r="P276" t="s">
         <v>1226</v>
-      </c>
-[...1 lines deleted...]
-        <v>1227</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B277" t="s">
         <v>1228</v>
-      </c>
-[...1 lines deleted...]
-        <v>1229</v>
       </c>
       <c r="C277" t="s">
         <v>61</v>
       </c>
       <c r="D277" t="s">
         <v>115</v>
       </c>
       <c r="E277" t="s">
         <v>63</v>
       </c>
       <c r="F277" t="s">
         <v>64</v>
       </c>
       <c r="G277" t="s">
         <v>44</v>
       </c>
       <c r="H277">
         <v>2021</v>
       </c>
       <c r="I277"/>
       <c r="J277" t="s">
         <v>65</v>
       </c>
       <c r="K277" t="s">
         <v>24</v>
       </c>
       <c r="L277"/>
       <c r="M277"/>
       <c r="N277" t="s">
         <v>27</v>
       </c>
       <c r="O277" t="s">
+        <v>1229</v>
+      </c>
+      <c r="P277" t="s">
         <v>1230</v>
-      </c>
-[...1 lines deleted...]
-        <v>1231</v>
       </c>
     </row>
     <row r="278" spans="1:16">
       <c r="A278" t="s">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="B278" t="s">
-        <v>1232</v>
+        <v>1231</v>
       </c>
       <c r="C278" t="s">
         <v>61</v>
       </c>
       <c r="D278" t="s">
         <v>115</v>
       </c>
       <c r="E278" t="s">
         <v>63</v>
       </c>
       <c r="F278" t="s">
         <v>205</v>
       </c>
       <c r="G278" t="s">
         <v>44</v>
       </c>
       <c r="H278">
         <v>2021</v>
       </c>
       <c r="I278"/>
       <c r="J278" t="s">
         <v>65</v>
       </c>
       <c r="K278" t="s">
         <v>24</v>
       </c>
       <c r="L278"/>
       <c r="M278"/>
       <c r="N278" t="s">
         <v>27</v>
       </c>
       <c r="O278" t="s">
+        <v>1232</v>
+      </c>
+      <c r="P278" t="s">
         <v>1233</v>
-      </c>
-[...1 lines deleted...]
-        <v>1234</v>
       </c>
     </row>
     <row r="279" spans="1:16">
       <c r="A279" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B279" t="s">
         <v>1235</v>
-      </c>
-[...1 lines deleted...]
-        <v>1236</v>
       </c>
       <c r="C279" t="s">
         <v>61</v>
       </c>
       <c r="D279" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="E279" t="s">
         <v>63</v>
       </c>
       <c r="F279" t="s">
         <v>205</v>
       </c>
       <c r="G279" t="s">
         <v>44</v>
       </c>
       <c r="H279">
         <v>2021</v>
       </c>
       <c r="I279"/>
       <c r="J279" t="s">
         <v>65</v>
       </c>
       <c r="K279" t="s">
         <v>24</v>
       </c>
       <c r="L279"/>
       <c r="M279"/>
       <c r="N279" t="s">
         <v>27</v>
       </c>
       <c r="O279" t="s">
-        <v>1238</v>
+        <v>1237</v>
       </c>
       <c r="P279" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="280" spans="1:16">
       <c r="A280" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B280" t="s">
         <v>1239</v>
-      </c>
-[...1 lines deleted...]
-        <v>1240</v>
       </c>
       <c r="C280" t="s">
         <v>61</v>
       </c>
       <c r="D280" t="s">
-        <v>1241</v>
+        <v>1240</v>
       </c>
       <c r="E280" t="s">
         <v>63</v>
       </c>
       <c r="F280" t="s">
         <v>205</v>
       </c>
       <c r="G280" t="s">
         <v>44</v>
       </c>
       <c r="H280">
         <v>2021</v>
       </c>
       <c r="I280"/>
       <c r="J280" t="s">
         <v>65</v>
       </c>
       <c r="K280" t="s">
         <v>24</v>
       </c>
       <c r="L280"/>
       <c r="M280"/>
       <c r="N280" t="s">
         <v>66</v>
       </c>
       <c r="O280" t="s">
-        <v>1242</v>
+        <v>1241</v>
       </c>
       <c r="P280" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="281" spans="1:16">
       <c r="A281" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B281" t="s">
         <v>1243</v>
-      </c>
-[...1 lines deleted...]
-        <v>1244</v>
       </c>
       <c r="C281" t="s">
         <v>61</v>
       </c>
       <c r="D281" t="s">
         <v>130</v>
       </c>
       <c r="E281" t="s">
         <v>63</v>
       </c>
       <c r="F281" t="s">
         <v>205</v>
       </c>
       <c r="G281" t="s">
         <v>44</v>
       </c>
       <c r="H281">
         <v>2021</v>
       </c>
       <c r="I281"/>
       <c r="J281" t="s">
         <v>65</v>
       </c>
       <c r="K281" t="s">
         <v>24</v>
       </c>
       <c r="L281"/>
       <c r="M281"/>
       <c r="N281" t="s">
         <v>27</v>
       </c>
       <c r="O281" t="s">
+        <v>1244</v>
+      </c>
+      <c r="P281" t="s">
         <v>1245</v>
-      </c>
-[...1 lines deleted...]
-        <v>1246</v>
       </c>
     </row>
     <row r="282" spans="1:16">
       <c r="A282" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B282" t="s">
         <v>1247</v>
-      </c>
-[...1 lines deleted...]
-        <v>1248</v>
       </c>
       <c r="C282" t="s">
         <v>61</v>
       </c>
       <c r="D282" t="s">
         <v>121</v>
       </c>
       <c r="E282" t="s">
         <v>63</v>
       </c>
       <c r="F282" t="s">
         <v>205</v>
       </c>
       <c r="G282" t="s">
         <v>44</v>
       </c>
       <c r="H282">
         <v>2021</v>
       </c>
       <c r="I282"/>
       <c r="J282" t="s">
         <v>65</v>
       </c>
       <c r="K282" t="s">
         <v>24</v>
       </c>
       <c r="L282"/>
       <c r="M282"/>
       <c r="N282" t="s">
         <v>27</v>
       </c>
       <c r="O282" t="s">
+        <v>1248</v>
+      </c>
+      <c r="P282" t="s">
         <v>1249</v>
-      </c>
-[...1 lines deleted...]
-        <v>1250</v>
       </c>
     </row>
     <row r="283" spans="1:16">
       <c r="A283" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B283" t="s">
         <v>1251</v>
-      </c>
-[...1 lines deleted...]
-        <v>1252</v>
       </c>
       <c r="C283" t="s">
         <v>61</v>
       </c>
       <c r="D283" t="s">
         <v>138</v>
       </c>
       <c r="E283" t="s">
         <v>63</v>
       </c>
       <c r="F283" t="s">
         <v>205</v>
       </c>
       <c r="G283" t="s">
         <v>44</v>
       </c>
       <c r="H283">
         <v>2021</v>
       </c>
       <c r="I283"/>
       <c r="J283" t="s">
         <v>65</v>
       </c>
       <c r="K283" t="s">
         <v>24</v>
       </c>
       <c r="L283"/>
       <c r="M283"/>
       <c r="N283" t="s">
         <v>66</v>
       </c>
       <c r="O283" t="s">
+        <v>1252</v>
+      </c>
+      <c r="P283" t="s">
         <v>1253</v>
-      </c>
-[...1 lines deleted...]
-        <v>1254</v>
       </c>
     </row>
     <row r="284" spans="1:16">
       <c r="A284" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B284" t="s">
         <v>1255</v>
-      </c>
-[...1 lines deleted...]
-        <v>1256</v>
       </c>
       <c r="C284" t="s">
         <v>61</v>
       </c>
       <c r="D284" t="s">
         <v>102</v>
       </c>
       <c r="E284" t="s">
         <v>63</v>
       </c>
       <c r="F284" t="s">
         <v>205</v>
       </c>
       <c r="G284" t="s">
         <v>44</v>
       </c>
       <c r="H284">
         <v>2021</v>
       </c>
       <c r="I284"/>
       <c r="J284" t="s">
         <v>65</v>
       </c>
       <c r="K284" t="s">
         <v>24</v>
       </c>
       <c r="L284"/>
       <c r="M284"/>
       <c r="N284" t="s">
         <v>27</v>
       </c>
       <c r="O284" t="s">
+        <v>1256</v>
+      </c>
+      <c r="P284" t="s">
         <v>1257</v>
-      </c>
-[...1 lines deleted...]
-        <v>1258</v>
       </c>
     </row>
     <row r="285" spans="1:16">
       <c r="A285" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B285" t="s">
         <v>1259</v>
-      </c>
-[...1 lines deleted...]
-        <v>1260</v>
       </c>
       <c r="C285" t="s">
         <v>61</v>
       </c>
       <c r="D285" t="s">
         <v>270</v>
       </c>
       <c r="E285" t="s">
         <v>63</v>
       </c>
       <c r="F285" t="s">
         <v>205</v>
       </c>
       <c r="G285" t="s">
         <v>44</v>
       </c>
       <c r="H285">
         <v>2021</v>
       </c>
       <c r="I285"/>
       <c r="J285" t="s">
         <v>65</v>
       </c>
       <c r="K285" t="s">
         <v>51</v>
       </c>
       <c r="L285"/>
       <c r="M285"/>
       <c r="N285" t="s">
         <v>66</v>
       </c>
       <c r="O285" t="s">
-        <v>1261</v>
+        <v>1260</v>
       </c>
       <c r="P285" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="286" spans="1:16">
       <c r="A286" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B286" t="s">
         <v>1262</v>
-      </c>
-[...1 lines deleted...]
-        <v>1263</v>
       </c>
       <c r="C286" t="s">
         <v>18</v>
       </c>
       <c r="D286" t="s">
-        <v>1264</v>
+        <v>1263</v>
       </c>
       <c r="E286" t="s">
         <v>20</v>
       </c>
       <c r="F286" t="s">
         <v>205</v>
       </c>
       <c r="G286" t="s">
         <v>44</v>
       </c>
       <c r="H286">
         <v>2014</v>
       </c>
       <c r="I286"/>
       <c r="J286" t="s">
         <v>38</v>
       </c>
       <c r="K286" t="s">
         <v>24</v>
       </c>
       <c r="L286"/>
       <c r="M286"/>
       <c r="N286" t="s">
         <v>27</v>
       </c>
       <c r="O286" t="s">
+        <v>1264</v>
+      </c>
+      <c r="P286" t="s">
         <v>1265</v>
-      </c>
-[...1 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="287" spans="1:16">
       <c r="A287" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B287" t="s">
         <v>1267</v>
-      </c>
-[...1 lines deleted...]
-        <v>1268</v>
       </c>
       <c r="C287" t="s">
         <v>146</v>
       </c>
       <c r="D287" t="s">
         <v>37</v>
       </c>
       <c r="E287" t="s">
         <v>20</v>
       </c>
       <c r="F287" t="s">
         <v>205</v>
       </c>
       <c r="G287" t="s">
         <v>44</v>
       </c>
       <c r="H287">
         <v>2013</v>
       </c>
       <c r="I287"/>
       <c r="J287" t="s">
         <v>38</v>
       </c>
       <c r="K287" t="s">
         <v>24</v>
       </c>
       <c r="L287"/>
       <c r="M287"/>
       <c r="N287" t="s">
         <v>27</v>
       </c>
       <c r="O287" t="s">
+        <v>1268</v>
+      </c>
+      <c r="P287" t="s">
         <v>1269</v>
-      </c>
-[...1 lines deleted...]
-        <v>1270</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">