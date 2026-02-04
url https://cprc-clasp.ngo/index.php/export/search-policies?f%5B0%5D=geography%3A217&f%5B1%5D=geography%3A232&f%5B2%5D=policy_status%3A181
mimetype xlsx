--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,428 +12,501 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>May 2025</t>
+  </si>
+  <si>
+    <t>NIS IEC 62722-2-1
+,   
+                    NIS IEC 62722-2 series
+,   
+                    NIS IEC 61000-4-11; NIS IEC 61000-4-5
+,   
+                    NIS IEC 61000-4-7; NIS IEC 61000-3-2
+,   
+                    NIS IEC 61643-11
+,   
+                    IES LM-79 CIE S 025
+,   
+                    NIS IEC TR 61547-1
+,   
+                    NIS IEC TR 63158
+,   
+                    NIS CISPR 15
+,   
+                    NIS IEC 61547</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
+  </si>
+  <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -697,657 +770,738 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="798.519" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>1994</v>
+      </c>
+      <c r="I5">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="J5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K5" t="s">
+        <v>59</v>
+      </c>
+      <c r="L5" t="s">
+        <v>60</v>
+      </c>
+      <c r="M5" t="s">
+        <v>61</v>
+      </c>
+      <c r="N5" t="s">
+        <v>62</v>
+      </c>
+      <c r="O5" t="s">
+        <v>63</v>
+      </c>
+      <c r="P5" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>65</v>
+      </c>
+      <c r="B6" t="s">
+        <v>66</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>57</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>2001</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L6" t="s">
+        <v>68</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>62</v>
+      </c>
+      <c r="O6" t="s">
+        <v>69</v>
+      </c>
+      <c r="P6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
+        <v>59</v>
+      </c>
+      <c r="L7" t="s">
+        <v>75</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>62</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>80</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>81</v>
+      </c>
+      <c r="K8" t="s">
+        <v>59</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>62</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>86</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2024</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>87</v>
+      </c>
+      <c r="K9" t="s">
+        <v>59</v>
+      </c>
+      <c r="L9" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" t="s">
+        <v>89</v>
+      </c>
+      <c r="N9" t="s">
+        <v>62</v>
+      </c>
+      <c r="O9" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>92</v>
+      </c>
+      <c r="B10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>94</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>59</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>62</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>99</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>59</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
+      <c r="N11" t="s">
+        <v>62</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" t="s">
+        <v>106</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>86</v>
+      </c>
+      <c r="G12" t="s">
+        <v>47</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="K12" t="s">
+        <v>107</v>
+      </c>
+      <c r="L12" t="s">
+        <v>108</v>
+      </c>
+      <c r="M12" t="s">
+        <v>109</v>
+      </c>
+      <c r="N12" t="s">
+        <v>110</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...76 lines deleted...]
-      <c r="M4" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
         <v>43</v>
       </c>
-      <c r="N4" t="s">
-[...4 lines deleted...]
-      <c r="A5" t="s">
+      <c r="D13" t="s">
+        <v>115</v>
+      </c>
+      <c r="E13" t="s">
         <v>45</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F13" t="s">
         <v>46</v>
       </c>
-      <c r="C5" t="s">
-[...109 lines deleted...]
-      <c r="K7" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>116</v>
+      </c>
+      <c r="K13" t="s">
+        <v>117</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
         <v>62</v>
       </c>
-      <c r="L7" t="s">
-[...256 lines deleted...]
-        <v>95</v>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>