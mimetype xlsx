--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,468 +12,575 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
   </si>
   <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>May 2025</t>
+  </si>
+  <si>
+    <t>NIS IEC 60064
+,   
+                    NIS IEC 60357
+,   
+                    NIS IEC 60969
+,   
+                    NIS IEC 60081
+,   
+                    NIS IEC 62612
+,   
+                    NIS IEC 62717
+,   
+                    NIS IEC 63103
+,   
+                    NIS IEC 61000-4-11
+,   
+                    NIS IEC 61000-4-5
+,   
+                    NIS IEC 60901
+,   
+                    NIS IEC TR 61547-1
+,   
+                    NIS IEC TR 63158
+,   
+                    NIS CISPR 15
+,   
+                    NIS IEC 61547
+,   
+                    NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
+    <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
+  </si>
+  <si>
+    <t>NIS IEC 62722-2-1
+,   
+                    NIS IEC 62722-2 series
+,   
+                    NIS IEC 61000-4-11; NIS IEC 61000-4-5
+,   
+                    NIS IEC 61000-4-7; NIS IEC 61000-3-2
+,   
+                    NIS IEC 61643-11
+,   
+                    IES LM-79 CIE S 025
+,   
+                    NIS IEC TR 61547-1
+,   
+                    NIS IEC TR 63158
+,   
+                    NIS CISPR 15
+,   
+                    NIS IEC 61547</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...87 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine -340: On the approval of the technical regulation on the energy labelling of electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>Applies to the following categories of electric lamps of domestic and foreign make, placed on the market in the territory of Ukraine:</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-340-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -737,797 +844,946 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="187" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="187.526" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...22 lines deleted...]
-        <v>25</v>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...30 lines deleted...]
-      <c r="M3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
-        <v>34</v>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...37 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>43</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
         <v>38</v>
       </c>
-      <c r="F5" t="s">
-[...14 lines deleted...]
-      <c r="M5" t="s">
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
         <v>33</v>
       </c>
-      <c r="N5" t="s">
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>63</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2018</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>72</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>74</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>91</v>
+      </c>
+      <c r="H11">
+        <v>2024</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2024</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>94</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
         <v>44</v>
       </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>91</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>94</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
     </row>
-    <row r="6" spans="1:14">
-      <c r="A6" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
         <v>45</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="G14" t="s">
+        <v>108</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>71</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>113</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>71</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
+        <v>115</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>46</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>47</v>
+      </c>
+      <c r="N16" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...14 lines deleted...]
-      <c r="M6" t="s">
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>125</v>
+      </c>
+      <c r="E17" t="s">
         <v>33</v>
       </c>
-      <c r="N6" t="s">
+      <c r="F17" t="s">
+        <v>45</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>46</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
         <v>47</v>
       </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
     </row>
-    <row r="7" spans="1:14">
-[...12 lines deleted...]
-      <c r="E7" t="s">
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>130</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>45</v>
+      </c>
+      <c r="G18" t="s">
+        <v>108</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>131</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>47</v>
+      </c>
+      <c r="N18" t="s">
         <v>38</v>
       </c>
-      <c r="F7" t="s">
-[...432 lines deleted...]
-        <v>99</v>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>