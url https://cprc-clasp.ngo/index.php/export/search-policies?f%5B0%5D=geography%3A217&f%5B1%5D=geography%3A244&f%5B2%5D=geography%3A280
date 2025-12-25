--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -489,53 +489,50 @@
   <si>
     <t>http://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/8145.pdf</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
-[...1 lines deleted...]
-  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
@@ -572,50 +569,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
@@ -988,51 +994,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P25"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="826.941" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2028,232 +2034,276 @@
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>104</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>152</v>
       </c>
       <c r="P21" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>153</v>
       </c>
       <c r="B22" t="s">
         <v>154</v>
       </c>
       <c r="C22" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="E22" t="s">
         <v>101</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="H22">
         <v>2024</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
+        <v>158</v>
+      </c>
+      <c r="M22" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
         <v>163</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
       <c r="E23" t="s">
         <v>101</v>
       </c>
       <c r="F23" t="s">
         <v>111</v>
       </c>
       <c r="G23" t="s">
         <v>39</v>
       </c>
       <c r="H23">
         <v>2024</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="M23" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="P23" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="B24"/>
       <c r="C24" t="s">
         <v>99</v>
       </c>
       <c r="D24" t="s">
-        <v>170</v>
+        <v>93</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>101</v>
       </c>
       <c r="F24" t="s">
-        <v>151</v>
+        <v>111</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>156</v>
       </c>
       <c r="H24">
         <v>2017</v>
       </c>
-      <c r="I24">
-[...1 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>121</v>
+        <v>168</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>104</v>
+        <v>159</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="P24" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B25" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C25" t="s">
         <v>99</v>
       </c>
       <c r="D25" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="E25" t="s">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>175</v>
+        <v>151</v>
       </c>
       <c r="G25" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="H25">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>2017</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
       <c r="J25" t="s">
         <v>121</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>177</v>
+        <v>104</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
+        <v>173</v>
+      </c>
+      <c r="P25" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>174</v>
+      </c>
+      <c r="B26" t="s">
+        <v>175</v>
+      </c>
+      <c r="C26" t="s">
+        <v>99</v>
+      </c>
+      <c r="D26" t="s">
+        <v>176</v>
+      </c>
+      <c r="E26" t="s">
+        <v>101</v>
+      </c>
+      <c r="F26" t="s">
+        <v>177</v>
+      </c>
+      <c r="G26" t="s">
+        <v>39</v>
+      </c>
+      <c r="H26">
+        <v>2018</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>121</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
         <v>178</v>
       </c>
-      <c r="P25" t="s">
+      <c r="M26" t="s">
         <v>179</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">