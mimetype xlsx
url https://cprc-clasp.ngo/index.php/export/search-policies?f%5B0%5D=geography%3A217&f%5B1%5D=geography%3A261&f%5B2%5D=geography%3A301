--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1004">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1006">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2634,53 +2634,50 @@
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
@@ -2713,50 +2710,59 @@
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
@@ -3492,51 +3498,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P215"/>
+  <dimension ref="A1:P216"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -12156,1595 +12162,1639 @@
       <c r="K182" t="s">
         <v>24</v>
       </c>
       <c r="L182"/>
       <c r="M182" t="s">
         <v>235</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
         <v>867</v>
       </c>
       <c r="P182" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
         <v>868</v>
       </c>
       <c r="B183" t="s">
         <v>869</v>
       </c>
       <c r="C183" t="s">
-        <v>870</v>
+        <v>229</v>
       </c>
       <c r="D183" t="s">
         <v>832</v>
       </c>
       <c r="E183" t="s">
         <v>40</v>
       </c>
       <c r="F183" t="s">
         <v>242</v>
       </c>
       <c r="G183" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="H183">
         <v>2024</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
+        <v>871</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" t="s">
         <v>872</v>
       </c>
-      <c r="K183" t="s">
-[...2 lines deleted...]
-      <c r="L183" t="s">
+      <c r="M183" t="s">
         <v>873</v>
       </c>
-      <c r="M183" t="s">
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
         <v>874</v>
       </c>
-      <c r="N183" t="s">
-[...2 lines deleted...]
-      <c r="O183" t="s">
+      <c r="P183" t="s">
         <v>875</v>
-      </c>
-[...1 lines deleted...]
-        <v>876</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
+        <v>876</v>
+      </c>
+      <c r="B184" t="s">
         <v>877</v>
       </c>
-      <c r="B184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" t="s">
-        <v>870</v>
+        <v>229</v>
       </c>
       <c r="D184" t="s">
         <v>478</v>
       </c>
       <c r="E184" t="s">
         <v>40</v>
       </c>
       <c r="F184" t="s">
         <v>242</v>
       </c>
       <c r="G184" t="s">
         <v>22</v>
       </c>
       <c r="H184">
         <v>2024</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
       <c r="L184" t="s">
+        <v>878</v>
+      </c>
+      <c r="M184" t="s">
+        <v>873</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
         <v>879</v>
       </c>
-      <c r="M184" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P184" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>881</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="B185"/>
       <c r="C185" t="s">
         <v>229</v>
       </c>
       <c r="D185" t="s">
-        <v>271</v>
+        <v>324</v>
       </c>
       <c r="E185" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F185" t="s">
-        <v>41</v>
+        <v>242</v>
       </c>
       <c r="G185" t="s">
-        <v>33</v>
+        <v>870</v>
       </c>
       <c r="H185">
         <v>2017</v>
       </c>
-      <c r="I185">
-[...1 lines deleted...]
-      </c>
+      <c r="I185"/>
       <c r="J185" t="s">
-        <v>251</v>
+        <v>881</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
       <c r="L185"/>
       <c r="M185" t="s">
-        <v>235</v>
+        <v>873</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>883</v>
+        <v>882</v>
       </c>
       <c r="P185" t="s">
-        <v>566</v>
+        <v>875</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
+        <v>883</v>
+      </c>
+      <c r="B186" t="s">
         <v>884</v>
-      </c>
-[...1 lines deleted...]
-        <v>885</v>
       </c>
       <c r="C186" t="s">
         <v>229</v>
       </c>
       <c r="D186" t="s">
-        <v>886</v>
+        <v>271</v>
       </c>
       <c r="E186" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F186" t="s">
-        <v>887</v>
+        <v>41</v>
       </c>
       <c r="G186" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H186">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I186"/>
+        <v>2017</v>
+      </c>
+      <c r="I186">
+        <v>2019</v>
+      </c>
       <c r="J186" t="s">
         <v>251</v>
       </c>
       <c r="K186" t="s">
         <v>24</v>
       </c>
-      <c r="L186" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L186"/>
       <c r="M186" t="s">
-        <v>889</v>
+        <v>235</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>890</v>
+        <v>885</v>
       </c>
       <c r="P186" t="s">
-        <v>891</v>
+        <v>566</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
+        <v>886</v>
+      </c>
+      <c r="B187" t="s">
+        <v>887</v>
+      </c>
+      <c r="C187" t="s">
+        <v>229</v>
+      </c>
+      <c r="D187" t="s">
+        <v>888</v>
+      </c>
+      <c r="E187" t="s">
+        <v>40</v>
+      </c>
+      <c r="F187" t="s">
+        <v>889</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>2018</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>251</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187" t="s">
+        <v>890</v>
+      </c>
+      <c r="M187" t="s">
+        <v>891</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
         <v>892</v>
       </c>
-      <c r="B187" t="s">
+      <c r="P187" t="s">
         <v>893</v>
-      </c>
-[...40 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="B188" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="C188" t="s">
         <v>18</v>
       </c>
       <c r="D188" t="s">
         <v>324</v>
       </c>
       <c r="E188" t="s">
         <v>20</v>
       </c>
       <c r="F188" t="s">
         <v>21</v>
       </c>
       <c r="G188" t="s">
         <v>33</v>
       </c>
       <c r="H188">
         <v>1991</v>
       </c>
       <c r="I188">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="J188" t="s">
         <v>23</v>
       </c>
       <c r="K188" t="s">
         <v>24</v>
       </c>
       <c r="L188" t="s">
-        <v>325</v>
+        <v>896</v>
       </c>
       <c r="M188" t="s">
         <v>26</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>898</v>
+        <v>897</v>
       </c>
       <c r="P188" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
+        <v>898</v>
+      </c>
+      <c r="B189" t="s">
         <v>899</v>
-      </c>
-[...1 lines deleted...]
-        <v>900</v>
       </c>
       <c r="C189" t="s">
         <v>18</v>
       </c>
       <c r="D189" t="s">
         <v>324</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
         <v>21</v>
       </c>
       <c r="G189" t="s">
         <v>33</v>
       </c>
       <c r="H189">
         <v>1991</v>
       </c>
       <c r="I189">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="J189" t="s">
         <v>23</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
       <c r="L189" t="s">
-        <v>901</v>
+        <v>325</v>
       </c>
       <c r="M189" t="s">
-        <v>331</v>
+        <v>26</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="P189" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="B190" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="C190" t="s">
         <v>18</v>
       </c>
       <c r="D190" t="s">
-        <v>271</v>
+        <v>324</v>
       </c>
       <c r="E190" t="s">
         <v>20</v>
       </c>
       <c r="F190" t="s">
         <v>21</v>
       </c>
       <c r="G190" t="s">
         <v>33</v>
       </c>
       <c r="H190">
-        <v>1996</v>
+        <v>1991</v>
       </c>
       <c r="I190">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="J190" t="s">
         <v>23</v>
       </c>
       <c r="K190" t="s">
         <v>24</v>
       </c>
       <c r="L190" t="s">
-        <v>272</v>
+        <v>903</v>
       </c>
       <c r="M190" t="s">
-        <v>26</v>
+        <v>331</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="P190" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
+        <v>905</v>
+      </c>
+      <c r="B191" t="s">
         <v>906</v>
       </c>
-      <c r="B191" t="s">
+      <c r="C191" t="s">
+        <v>18</v>
+      </c>
+      <c r="D191" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>907</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
         <v>21</v>
       </c>
       <c r="G191" t="s">
         <v>33</v>
       </c>
       <c r="H191">
-        <v>2011</v>
+        <v>1996</v>
       </c>
       <c r="I191">
         <v>2011</v>
       </c>
       <c r="J191" t="s">
         <v>23</v>
       </c>
       <c r="K191" t="s">
         <v>24</v>
       </c>
       <c r="L191" t="s">
         <v>272</v>
       </c>
       <c r="M191" t="s">
         <v>26</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="P191" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="B192" t="s">
         <v>271</v>
       </c>
       <c r="C192" t="s">
         <v>18</v>
       </c>
       <c r="D192" t="s">
-        <v>271</v>
+        <v>909</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
         <v>21</v>
       </c>
       <c r="G192" t="s">
         <v>33</v>
       </c>
       <c r="H192">
-        <v>1996</v>
+        <v>2011</v>
       </c>
       <c r="I192">
         <v>2011</v>
       </c>
       <c r="J192" t="s">
         <v>23</v>
       </c>
       <c r="K192" t="s">
         <v>24</v>
       </c>
       <c r="L192" t="s">
         <v>272</v>
       </c>
       <c r="M192" t="s">
         <v>26</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="P192" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="B193" t="s">
-        <v>911</v>
+        <v>271</v>
       </c>
       <c r="C193" t="s">
         <v>18</v>
       </c>
       <c r="D193" t="s">
-        <v>283</v>
+        <v>271</v>
       </c>
       <c r="E193" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F193" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G193" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H193">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I193"/>
+        <v>1996</v>
+      </c>
+      <c r="I193">
+        <v>2011</v>
+      </c>
       <c r="J193" t="s">
         <v>23</v>
       </c>
       <c r="K193" t="s">
         <v>24</v>
       </c>
-      <c r="L193"/>
+      <c r="L193" t="s">
+        <v>272</v>
+      </c>
       <c r="M193" t="s">
         <v>26</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>912</v>
+        <v>911</v>
       </c>
       <c r="P193" t="s">
-        <v>913</v>
+        <v>29</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="B194" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="C194" t="s">
         <v>18</v>
       </c>
       <c r="D194" t="s">
         <v>283</v>
       </c>
       <c r="E194" t="s">
         <v>40</v>
       </c>
       <c r="F194" t="s">
         <v>41</v>
       </c>
       <c r="G194" t="s">
         <v>22</v>
       </c>
       <c r="H194">
         <v>2016</v>
       </c>
       <c r="I194"/>
       <c r="J194" t="s">
         <v>23</v>
       </c>
       <c r="K194" t="s">
         <v>24</v>
       </c>
       <c r="L194"/>
       <c r="M194" t="s">
         <v>26</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="P194" t="s">
-        <v>917</v>
+        <v>915</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="B195" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="C195" t="s">
         <v>18</v>
       </c>
       <c r="D195" t="s">
-        <v>845</v>
+        <v>283</v>
       </c>
       <c r="E195" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F195" t="s">
         <v>41</v>
       </c>
       <c r="G195" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H195">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I195"/>
       <c r="J195" t="s">
         <v>23</v>
       </c>
       <c r="K195" t="s">
         <v>24</v>
       </c>
       <c r="L195"/>
       <c r="M195" t="s">
         <v>26</v>
       </c>
       <c r="N195" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="P195" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="B196" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="C196" t="s">
         <v>18</v>
       </c>
       <c r="D196" t="s">
-        <v>32</v>
+        <v>845</v>
       </c>
       <c r="E196" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F196" t="s">
-        <v>242</v>
+        <v>41</v>
       </c>
       <c r="G196" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H196">
+        <v>2012</v>
+      </c>
+      <c r="I196">
         <v>2015</v>
       </c>
-      <c r="I196"/>
       <c r="J196" t="s">
         <v>23</v>
       </c>
       <c r="K196" t="s">
         <v>24</v>
       </c>
       <c r="L196"/>
       <c r="M196" t="s">
         <v>26</v>
       </c>
       <c r="N196" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="O196" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="P196" t="s">
-        <v>804</v>
+        <v>923</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
+        <v>924</v>
+      </c>
+      <c r="B197" t="s">
         <v>925</v>
       </c>
-      <c r="B197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C197" t="s">
         <v>18</v>
       </c>
       <c r="D197" t="s">
-        <v>283</v>
+        <v>32</v>
       </c>
       <c r="E197" t="s">
         <v>40</v>
       </c>
       <c r="F197" t="s">
         <v>242</v>
       </c>
       <c r="G197" t="s">
         <v>22</v>
       </c>
       <c r="H197">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
         <v>23</v>
       </c>
       <c r="K197" t="s">
         <v>24</v>
       </c>
       <c r="L197"/>
       <c r="M197" t="s">
         <v>26</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="P197" t="s">
-        <v>928</v>
+        <v>804</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="B198" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="C198" t="s">
         <v>18</v>
       </c>
       <c r="D198" t="s">
         <v>283</v>
       </c>
       <c r="E198" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F198" t="s">
         <v>242</v>
       </c>
       <c r="G198" t="s">
         <v>22</v>
       </c>
       <c r="H198">
         <v>2018</v>
       </c>
       <c r="I198"/>
       <c r="J198" t="s">
         <v>23</v>
       </c>
       <c r="K198" t="s">
         <v>24</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
         <v>26</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="P198" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="B199" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="C199" t="s">
         <v>18</v>
       </c>
       <c r="D199" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E199" t="s">
         <v>20</v>
       </c>
       <c r="F199" t="s">
-        <v>41</v>
+        <v>242</v>
       </c>
       <c r="G199" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H199">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I199">
         <v>2018</v>
       </c>
+      <c r="I199"/>
       <c r="J199" t="s">
         <v>23</v>
       </c>
       <c r="K199" t="s">
         <v>24</v>
       </c>
       <c r="L199"/>
       <c r="M199" t="s">
         <v>26</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="P199" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="B200" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="C200" t="s">
         <v>18</v>
       </c>
       <c r="D200" t="s">
-        <v>382</v>
+        <v>271</v>
       </c>
       <c r="E200" t="s">
         <v>20</v>
       </c>
       <c r="F200" t="s">
         <v>41</v>
       </c>
       <c r="G200" t="s">
         <v>33</v>
       </c>
       <c r="H200">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I200">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J200" t="s">
         <v>23</v>
       </c>
       <c r="K200" t="s">
         <v>24</v>
       </c>
-      <c r="L200" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L200"/>
       <c r="M200" t="s">
         <v>26</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="P200" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
       <c r="B201" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="C201" t="s">
         <v>18</v>
       </c>
       <c r="D201" t="s">
-        <v>410</v>
+        <v>382</v>
       </c>
       <c r="E201" t="s">
         <v>20</v>
       </c>
       <c r="F201" t="s">
         <v>41</v>
       </c>
       <c r="G201" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H201">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I201"/>
+        <v>2011</v>
+      </c>
+      <c r="I201">
+        <v>2011</v>
+      </c>
       <c r="J201" t="s">
         <v>23</v>
       </c>
       <c r="K201" t="s">
-        <v>411</v>
-[...1 lines deleted...]
-      <c r="L201"/>
+        <v>24</v>
+      </c>
+      <c r="L201" t="s">
+        <v>383</v>
+      </c>
       <c r="M201" t="s">
         <v>26</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="P201" t="s">
-        <v>944</v>
+        <v>942</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>945</v>
+        <v>943</v>
       </c>
       <c r="B202" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
       <c r="C202" t="s">
         <v>18</v>
       </c>
       <c r="D202" t="s">
-        <v>947</v>
+        <v>410</v>
       </c>
       <c r="E202" t="s">
         <v>20</v>
       </c>
       <c r="F202" t="s">
         <v>41</v>
       </c>
       <c r="G202" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H202">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I202"/>
       <c r="J202" t="s">
-        <v>948</v>
+        <v>23</v>
       </c>
       <c r="K202" t="s">
-        <v>24</v>
+        <v>411</v>
       </c>
       <c r="L202"/>
       <c r="M202" t="s">
         <v>26</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
       <c r="P202" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="B203" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
       <c r="C203" t="s">
         <v>18</v>
       </c>
       <c r="D203" t="s">
-        <v>687</v>
+        <v>949</v>
       </c>
       <c r="E203" t="s">
         <v>20</v>
       </c>
       <c r="F203" t="s">
         <v>41</v>
       </c>
       <c r="G203" t="s">
         <v>33</v>
       </c>
       <c r="H203">
         <v>2010</v>
       </c>
       <c r="I203">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J203" t="s">
-        <v>23</v>
+        <v>950</v>
       </c>
       <c r="K203" t="s">
         <v>24</v>
       </c>
-      <c r="L203" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L203"/>
       <c r="M203" t="s">
         <v>26</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="P203" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="B204" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="C204" t="s">
         <v>18</v>
       </c>
       <c r="D204" t="s">
-        <v>324</v>
+        <v>687</v>
       </c>
       <c r="E204" t="s">
         <v>20</v>
       </c>
       <c r="F204" t="s">
         <v>41</v>
       </c>
       <c r="G204" t="s">
         <v>33</v>
       </c>
       <c r="H204">
         <v>2010</v>
       </c>
       <c r="I204">
         <v>2010</v>
       </c>
       <c r="J204" t="s">
         <v>23</v>
       </c>
       <c r="K204" t="s">
         <v>24</v>
       </c>
       <c r="L204" t="s">
-        <v>901</v>
+        <v>955</v>
       </c>
       <c r="M204" t="s">
         <v>26</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="P204" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>960</v>
+        <v>958</v>
       </c>
       <c r="B205" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="C205" t="s">
         <v>18</v>
       </c>
       <c r="D205" t="s">
-        <v>19</v>
+        <v>324</v>
       </c>
       <c r="E205" t="s">
         <v>20</v>
       </c>
       <c r="F205" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="G205" t="s">
         <v>33</v>
       </c>
       <c r="H205">
         <v>2010</v>
       </c>
       <c r="I205">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="J205" t="s">
         <v>23</v>
       </c>
       <c r="K205" t="s">
         <v>24</v>
       </c>
       <c r="L205" t="s">
-        <v>962</v>
+        <v>903</v>
       </c>
       <c r="M205" t="s">
         <v>26</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="P205" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="B206" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="C206" t="s">
         <v>18</v>
       </c>
       <c r="D206" t="s">
         <v>19</v>
       </c>
       <c r="E206" t="s">
         <v>20</v>
       </c>
       <c r="F206" t="s">
         <v>21</v>
       </c>
       <c r="G206" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H206">
         <v>2010</v>
       </c>
-      <c r="I206"/>
+      <c r="I206">
+        <v>2017</v>
+      </c>
       <c r="J206" t="s">
         <v>23</v>
       </c>
       <c r="K206" t="s">
         <v>24</v>
       </c>
       <c r="L206" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="M206" t="s">
         <v>26</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="P206" t="s">
-        <v>29</v>
+        <v>966</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
       <c r="B207" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="C207" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D207" t="s">
-        <v>971</v>
+        <v>19</v>
       </c>
       <c r="E207" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F207" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G207" t="s">
         <v>22</v>
       </c>
       <c r="H207">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="I207"/>
       <c r="J207" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="K207" t="s">
         <v>24</v>
       </c>
-      <c r="L207"/>
-      <c r="M207"/>
+      <c r="L207" t="s">
+        <v>969</v>
+      </c>
+      <c r="M207" t="s">
+        <v>26</v>
+      </c>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
       <c r="P207" t="s">
-        <v>973</v>
+        <v>29</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="B208" t="s">
-        <v>974</v>
+        <v>972</v>
       </c>
       <c r="C208" t="s">
         <v>38</v>
       </c>
       <c r="D208" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="E208" t="s">
         <v>40</v>
       </c>
       <c r="F208" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="G208" t="s">
         <v>22</v>
       </c>
       <c r="H208">
         <v>2021</v>
       </c>
       <c r="I208"/>
       <c r="J208" t="s">
         <v>42</v>
       </c>
       <c r="K208" t="s">
         <v>24</v>
       </c>
       <c r="L208"/>
       <c r="M208"/>
       <c r="N208" t="s">
         <v>27</v>
       </c>
       <c r="O208" t="s">
+        <v>974</v>
+      </c>
+      <c r="P208" t="s">
         <v>975</v>
-      </c>
-[...1 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>977</v>
+        <v>971</v>
       </c>
       <c r="B209" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="C209" t="s">
         <v>38</v>
       </c>
       <c r="D209" t="s">
-        <v>979</v>
+        <v>973</v>
       </c>
       <c r="E209" t="s">
         <v>40</v>
       </c>
       <c r="F209" t="s">
         <v>21</v>
       </c>
       <c r="G209" t="s">
         <v>22</v>
       </c>
       <c r="H209">
         <v>2021</v>
       </c>
       <c r="I209"/>
       <c r="J209" t="s">
         <v>42</v>
       </c>
       <c r="K209" t="s">
         <v>24</v>
       </c>
       <c r="L209"/>
       <c r="M209"/>
       <c r="N209" t="s">
         <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="P209" t="s">
-        <v>85</v>
+        <v>978</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="B210" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
       <c r="C210" t="s">
         <v>38</v>
       </c>
       <c r="D210" t="s">
-        <v>983</v>
+        <v>981</v>
       </c>
       <c r="E210" t="s">
         <v>40</v>
       </c>
       <c r="F210" t="s">
         <v>21</v>
       </c>
       <c r="G210" t="s">
         <v>22</v>
       </c>
       <c r="H210">
         <v>2021</v>
       </c>
       <c r="I210"/>
       <c r="J210" t="s">
         <v>42</v>
       </c>
       <c r="K210" t="s">
         <v>24</v>
       </c>
       <c r="L210"/>
       <c r="M210"/>
       <c r="N210" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="O210" t="s">
-        <v>984</v>
+        <v>982</v>
       </c>
       <c r="P210" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="B211" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="C211" t="s">
         <v>38</v>
       </c>
       <c r="D211" t="s">
-        <v>78</v>
+        <v>985</v>
       </c>
       <c r="E211" t="s">
         <v>40</v>
       </c>
       <c r="F211" t="s">
         <v>21</v>
       </c>
       <c r="G211" t="s">
         <v>22</v>
       </c>
       <c r="H211">
         <v>2021</v>
       </c>
       <c r="I211"/>
       <c r="J211" t="s">
         <v>42</v>
       </c>
       <c r="K211" t="s">
         <v>24</v>
       </c>
       <c r="L211"/>
       <c r="M211"/>
       <c r="N211" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="O211" t="s">
-        <v>987</v>
+        <v>986</v>
       </c>
       <c r="P211" t="s">
-        <v>988</v>
+        <v>85</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>989</v>
+        <v>987</v>
       </c>
       <c r="B212" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
       <c r="C212" t="s">
         <v>38</v>
       </c>
       <c r="D212" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="E212" t="s">
         <v>40</v>
       </c>
       <c r="F212" t="s">
         <v>21</v>
       </c>
       <c r="G212" t="s">
         <v>22</v>
       </c>
       <c r="H212">
         <v>2021</v>
       </c>
       <c r="I212"/>
       <c r="J212" t="s">
         <v>42</v>
       </c>
       <c r="K212" t="s">
         <v>24</v>
       </c>
       <c r="L212"/>
       <c r="M212"/>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>991</v>
+        <v>989</v>
       </c>
       <c r="P212" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>993</v>
+        <v>991</v>
       </c>
       <c r="B213" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
       <c r="C213" t="s">
         <v>38</v>
       </c>
       <c r="D213" t="s">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="E213" t="s">
         <v>40</v>
       </c>
       <c r="F213" t="s">
         <v>21</v>
       </c>
       <c r="G213" t="s">
         <v>22</v>
       </c>
       <c r="H213">
         <v>2021</v>
       </c>
       <c r="I213"/>
       <c r="J213" t="s">
         <v>42</v>
       </c>
       <c r="K213" t="s">
         <v>24</v>
       </c>
       <c r="L213"/>
       <c r="M213"/>
       <c r="N213" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="P213" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
       <c r="B214" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
       <c r="C214" t="s">
         <v>38</v>
       </c>
       <c r="D214" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="E214" t="s">
         <v>40</v>
       </c>
       <c r="F214" t="s">
         <v>21</v>
       </c>
       <c r="G214" t="s">
         <v>22</v>
       </c>
       <c r="H214">
         <v>2021</v>
       </c>
       <c r="I214"/>
       <c r="J214" t="s">
         <v>42</v>
       </c>
       <c r="K214" t="s">
         <v>24</v>
       </c>
       <c r="L214"/>
       <c r="M214"/>
       <c r="N214" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="O214" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
       <c r="P214" t="s">
-        <v>1000</v>
+        <v>998</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
       <c r="B215" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
       <c r="C215" t="s">
         <v>38</v>
       </c>
       <c r="D215" t="s">
-        <v>518</v>
+        <v>65</v>
       </c>
       <c r="E215" t="s">
         <v>40</v>
       </c>
       <c r="F215" t="s">
         <v>21</v>
       </c>
       <c r="G215" t="s">
         <v>22</v>
       </c>
       <c r="H215">
         <v>2021</v>
       </c>
       <c r="I215"/>
       <c r="J215" t="s">
         <v>42</v>
       </c>
       <c r="K215" t="s">
-        <v>95</v>
+        <v>24</v>
       </c>
       <c r="L215"/>
       <c r="M215"/>
       <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1001</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C216" t="s">
+        <v>38</v>
+      </c>
+      <c r="D216" t="s">
+        <v>518</v>
+      </c>
+      <c r="E216" t="s">
+        <v>40</v>
+      </c>
+      <c r="F216" t="s">
+        <v>21</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+      <c r="H216">
+        <v>2021</v>
+      </c>
+      <c r="I216"/>
+      <c r="J216" t="s">
+        <v>42</v>
+      </c>
+      <c r="K216" t="s">
+        <v>95</v>
+      </c>
+      <c r="L216"/>
+      <c r="M216"/>
+      <c r="N216" t="s">
         <v>43</v>
       </c>
-      <c r="O215" t="s">
-[...2 lines deleted...]
-      <c r="P215" t="s">
+      <c r="O216" t="s">
+        <v>1005</v>
+      </c>
+      <c r="P216" t="s">
         <v>85</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>