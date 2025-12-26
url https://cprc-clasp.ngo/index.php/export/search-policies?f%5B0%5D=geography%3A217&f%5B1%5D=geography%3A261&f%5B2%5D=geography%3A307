--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="515">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="519">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -924,53 +924,50 @@
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -1009,50 +1006,62 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
@@ -1261,53 +1270,50 @@
   <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
   </si>
   <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
   </si>
   <si>
-    <t>Room ACs - Stationary ACs</t>
-[...1 lines deleted...]
-  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
     <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
 → Hermetic compressors
 → Air cooling or naturally cooling condensers
 → Constant speed type or variable frequency types
 → And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
 The policy will enter into force in 2025.
 This policy does not apply to the following products:
 → Water cooling condenser type air conditioners
 → Duct type air conditioners (VRV, VRF, multi air conditioner)
 → Portable air conditioners
 → Cassette air conditioners
 → Stand-Floor air conditioners
 → Air conditioners with three-phase power supply</t>
@@ -1426,50 +1432,53 @@
   <si>
     <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
   </si>
   <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
   </si>
   <si>
     <t>Displays</t>
@@ -1511,50 +1520,53 @@
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
     <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
@@ -2043,51 +2055,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P98"/>
+  <dimension ref="A1:P99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="244.083" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -4505,2168 +4517,2212 @@
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>242</v>
       </c>
       <c r="N53" t="s">
         <v>32</v>
       </c>
       <c r="O53" t="s">
         <v>299</v>
       </c>
       <c r="P53" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>300</v>
       </c>
       <c r="B54" t="s">
         <v>301</v>
       </c>
       <c r="C54" t="s">
+        <v>236</v>
+      </c>
+      <c r="D54" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>250</v>
       </c>
       <c r="G54" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="H54">
         <v>2024</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
+        <v>304</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
         <v>305</v>
       </c>
-      <c r="K54" t="s">
-[...2 lines deleted...]
-      <c r="L54" t="s">
+      <c r="M54" t="s">
         <v>306</v>
       </c>
-      <c r="M54" t="s">
+      <c r="N54" t="s">
+        <v>32</v>
+      </c>
+      <c r="O54" t="s">
         <v>307</v>
       </c>
-      <c r="N54" t="s">
-[...2 lines deleted...]
-      <c r="O54" t="s">
+      <c r="P54" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>309</v>
+      </c>
+      <c r="B55" t="s">
         <v>310</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
+        <v>236</v>
+      </c>
+      <c r="D55" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>312</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>250</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2024</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
+        <v>312</v>
+      </c>
+      <c r="M55" t="s">
+        <v>306</v>
+      </c>
+      <c r="N55" t="s">
+        <v>32</v>
+      </c>
+      <c r="O55" t="s">
         <v>313</v>
       </c>
-      <c r="M55" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P55" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>315</v>
-[...3 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="B56"/>
       <c r="C56" t="s">
         <v>236</v>
       </c>
       <c r="D56" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="E56" t="s">
-        <v>249</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>21</v>
+        <v>250</v>
       </c>
       <c r="G56" t="s">
-        <v>43</v>
+        <v>303</v>
       </c>
       <c r="H56">
         <v>2017</v>
       </c>
-      <c r="I56">
-[...1 lines deleted...]
-      </c>
+      <c r="I56"/>
       <c r="J56" t="s">
-        <v>259</v>
+        <v>316</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>242</v>
+        <v>306</v>
       </c>
       <c r="N56" t="s">
         <v>32</v>
       </c>
       <c r="O56" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="P56" t="s">
-        <v>295</v>
+        <v>308</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
+        <v>318</v>
+      </c>
+      <c r="B57" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="C57" t="s">
         <v>236</v>
       </c>
       <c r="D57" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="E57" t="s">
-        <v>20</v>
+        <v>249</v>
       </c>
       <c r="F57" t="s">
-        <v>322</v>
+        <v>21</v>
       </c>
       <c r="G57" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H57">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I57"/>
+        <v>2017</v>
+      </c>
+      <c r="I57">
+        <v>2019</v>
+      </c>
       <c r="J57" t="s">
         <v>259</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
-      <c r="L57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>324</v>
+        <v>242</v>
       </c>
       <c r="N57" t="s">
         <v>32</v>
       </c>
       <c r="O57" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="P57" t="s">
-        <v>326</v>
+        <v>295</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="B58" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="C58" t="s">
-        <v>214</v>
+        <v>236</v>
       </c>
       <c r="D58" t="s">
-        <v>19</v>
+        <v>324</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>107</v>
+        <v>325</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>231</v>
+        <v>259</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
+        <v>326</v>
+      </c>
+      <c r="M58" t="s">
+        <v>327</v>
+      </c>
+      <c r="N58" t="s">
+        <v>32</v>
+      </c>
+      <c r="O58" t="s">
+        <v>328</v>
+      </c>
+      <c r="P58" t="s">
         <v>329</v>
-      </c>
-[...10 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B59" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C59" t="s">
         <v>214</v>
       </c>
       <c r="D59" t="s">
-        <v>334</v>
+        <v>19</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>107</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>216</v>
+        <v>231</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
-      <c r="L59"/>
+      <c r="L59" t="s">
+        <v>332</v>
+      </c>
       <c r="M59" t="s">
         <v>217</v>
       </c>
       <c r="N59" t="s">
         <v>32</v>
       </c>
       <c r="O59" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="P59" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="B60" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="C60" t="s">
         <v>214</v>
       </c>
       <c r="D60" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>107</v>
       </c>
       <c r="G60" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H60">
         <v>2017</v>
       </c>
-      <c r="I60">
-[...1 lines deleted...]
-      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>231</v>
+        <v>216</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
-      <c r="L60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
         <v>217</v>
       </c>
       <c r="N60" t="s">
         <v>32</v>
       </c>
       <c r="O60" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="P60" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="B61" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="C61" t="s">
         <v>214</v>
       </c>
       <c r="D61" t="s">
-        <v>215</v>
+        <v>342</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>107</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H61">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I61"/>
+        <v>2017</v>
+      </c>
+      <c r="I61">
+        <v>2021</v>
+      </c>
       <c r="J61" t="s">
-        <v>345</v>
+        <v>231</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
-      <c r="L61"/>
+      <c r="L61" t="s">
+        <v>343</v>
+      </c>
       <c r="M61" t="s">
         <v>217</v>
       </c>
       <c r="N61" t="s">
         <v>32</v>
       </c>
       <c r="O61" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="P61" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="B62" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="C62" t="s">
         <v>214</v>
       </c>
       <c r="D62" t="s">
-        <v>350</v>
+        <v>215</v>
       </c>
       <c r="E62" t="s">
-        <v>249</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>107</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
         <v>217</v>
       </c>
       <c r="N62" t="s">
         <v>32</v>
       </c>
       <c r="O62" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="P62"/>
+        <v>349</v>
+      </c>
+      <c r="P62" t="s">
+        <v>350</v>
+      </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
+        <v>351</v>
+      </c>
+      <c r="B63" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="C63" t="s">
         <v>214</v>
       </c>
       <c r="D63" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="E63" t="s">
-        <v>20</v>
+        <v>249</v>
       </c>
       <c r="F63" t="s">
         <v>107</v>
       </c>
       <c r="G63" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H63">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I63">
         <v>2021</v>
       </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>231</v>
+        <v>348</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
-      <c r="L63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L63"/>
       <c r="M63" t="s">
         <v>217</v>
       </c>
       <c r="N63" t="s">
         <v>32</v>
       </c>
       <c r="O63" t="s">
         <v>354</v>
       </c>
-      <c r="P63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P63"/>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
+        <v>355</v>
+      </c>
+      <c r="B64" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C64" t="s">
         <v>214</v>
       </c>
       <c r="D64" t="s">
-        <v>358</v>
+        <v>342</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>107</v>
       </c>
       <c r="G64" t="s">
-        <v>304</v>
+        <v>43</v>
       </c>
       <c r="H64">
+        <v>2017</v>
+      </c>
+      <c r="I64">
         <v>2021</v>
       </c>
-      <c r="I64"/>
       <c r="J64" t="s">
         <v>231</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
-      <c r="L64"/>
+      <c r="L64" t="s">
+        <v>343</v>
+      </c>
       <c r="M64" t="s">
         <v>217</v>
       </c>
       <c r="N64" t="s">
         <v>32</v>
       </c>
       <c r="O64" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="P64" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="B65" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="C65" t="s">
         <v>214</v>
       </c>
       <c r="D65" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>107</v>
       </c>
       <c r="G65" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="H65">
         <v>2021</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>231</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
         <v>217</v>
       </c>
       <c r="N65" t="s">
         <v>32</v>
       </c>
       <c r="O65" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="P65" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="B66" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="C66" t="s">
         <v>214</v>
       </c>
       <c r="D66" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>107</v>
       </c>
       <c r="G66" t="s">
-        <v>43</v>
+        <v>303</v>
       </c>
       <c r="H66">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
         <v>231</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
-      <c r="L66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
         <v>217</v>
       </c>
       <c r="N66" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O66" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="P66" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="B67" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="C67" t="s">
         <v>214</v>
       </c>
       <c r="D67" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>250</v>
+        <v>107</v>
       </c>
       <c r="G67" t="s">
         <v>43</v>
       </c>
       <c r="H67">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="I67">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J67" t="s">
         <v>231</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="M67" t="s">
         <v>217</v>
       </c>
       <c r="N67" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O67" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="P67" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B68" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C68" t="s">
         <v>214</v>
       </c>
       <c r="D68" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>107</v>
+        <v>250</v>
       </c>
       <c r="G68" t="s">
         <v>43</v>
       </c>
       <c r="H68">
         <v>2007</v>
       </c>
       <c r="I68">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J68" t="s">
         <v>231</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="M68" t="s">
         <v>217</v>
       </c>
       <c r="N68" t="s">
         <v>32</v>
       </c>
       <c r="O68" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="P68" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="B69" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="C69" t="s">
         <v>214</v>
       </c>
       <c r="D69" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>107</v>
       </c>
       <c r="G69" t="s">
         <v>43</v>
       </c>
       <c r="H69">
         <v>2007</v>
       </c>
       <c r="I69">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J69" t="s">
         <v>231</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="M69" t="s">
         <v>217</v>
       </c>
       <c r="N69" t="s">
         <v>32</v>
       </c>
       <c r="O69" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="P69" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="B70" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="C70" t="s">
         <v>214</v>
       </c>
       <c r="D70" t="s">
-        <v>386</v>
+        <v>315</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>107</v>
       </c>
       <c r="G70" t="s">
-        <v>304</v>
+        <v>43</v>
       </c>
       <c r="H70">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I70"/>
+        <v>2007</v>
+      </c>
+      <c r="I70">
+        <v>2020</v>
+      </c>
       <c r="J70" t="s">
         <v>231</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
-      <c r="L70"/>
+      <c r="L70" t="s">
+        <v>389</v>
+      </c>
       <c r="M70" t="s">
         <v>217</v>
       </c>
       <c r="N70" t="s">
         <v>32</v>
       </c>
       <c r="O70" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="P70" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="B71" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="C71" t="s">
         <v>214</v>
       </c>
       <c r="D71" t="s">
-        <v>396</v>
+        <v>315</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>107</v>
       </c>
       <c r="G71" t="s">
-        <v>43</v>
+        <v>303</v>
       </c>
       <c r="H71">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I71"/>
       <c r="J71" t="s">
         <v>231</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>217</v>
       </c>
       <c r="N71" t="s">
         <v>32</v>
       </c>
       <c r="O71" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="P71" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="B72" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="C72" t="s">
         <v>214</v>
       </c>
       <c r="D72" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>107</v>
       </c>
       <c r="G72" t="s">
         <v>43</v>
       </c>
       <c r="H72">
         <v>2008</v>
       </c>
       <c r="I72">
         <v>2015</v>
       </c>
       <c r="J72" t="s">
         <v>231</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
-      <c r="L72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L72"/>
       <c r="M72" t="s">
         <v>217</v>
       </c>
       <c r="N72" t="s">
         <v>32</v>
       </c>
       <c r="O72" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="P72" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="B73" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="C73" t="s">
         <v>214</v>
       </c>
       <c r="D73" t="s">
-        <v>287</v>
+        <v>403</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>107</v>
       </c>
       <c r="G73" t="s">
         <v>43</v>
       </c>
       <c r="H73">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I73">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J73" t="s">
         <v>231</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
-      <c r="L73"/>
+      <c r="L73" t="s">
+        <v>404</v>
+      </c>
       <c r="M73" t="s">
         <v>217</v>
       </c>
       <c r="N73" t="s">
         <v>32</v>
       </c>
       <c r="O73" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="P73" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="B74" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C74" t="s">
         <v>214</v>
       </c>
       <c r="D74" t="s">
-        <v>401</v>
+        <v>287</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>107</v>
       </c>
       <c r="G74" t="s">
         <v>43</v>
       </c>
       <c r="H74">
         <v>2009</v>
       </c>
       <c r="I74">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J74" t="s">
         <v>231</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
-      <c r="L74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L74"/>
       <c r="M74" t="s">
         <v>217</v>
       </c>
       <c r="N74" t="s">
         <v>32</v>
       </c>
       <c r="O74" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="P74" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="B75" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C75" t="s">
         <v>214</v>
       </c>
       <c r="D75" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>107</v>
       </c>
       <c r="G75" t="s">
         <v>43</v>
       </c>
       <c r="H75">
         <v>2009</v>
       </c>
       <c r="I75">
         <v>2013</v>
       </c>
       <c r="J75" t="s">
         <v>231</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
-      <c r="L75"/>
+      <c r="L75" t="s">
+        <v>404</v>
+      </c>
       <c r="M75" t="s">
         <v>217</v>
       </c>
       <c r="N75" t="s">
         <v>32</v>
       </c>
       <c r="O75" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="P75" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="B76" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="C76" t="s">
         <v>214</v>
       </c>
       <c r="D76" t="s">
-        <v>287</v>
+        <v>398</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>107</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H76">
         <v>2009</v>
       </c>
-      <c r="I76"/>
+      <c r="I76">
+        <v>2013</v>
+      </c>
       <c r="J76" t="s">
-        <v>216</v>
+        <v>231</v>
       </c>
       <c r="K76" t="s">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
         <v>217</v>
       </c>
       <c r="N76" t="s">
         <v>32</v>
       </c>
       <c r="O76" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="P76" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="B77" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C77" t="s">
         <v>214</v>
       </c>
       <c r="D77" t="s">
-        <v>423</v>
+        <v>287</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>107</v>
       </c>
       <c r="G77" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H77">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I77"/>
       <c r="J77" t="s">
-        <v>231</v>
+        <v>216</v>
       </c>
       <c r="K77" t="s">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
         <v>217</v>
       </c>
       <c r="N77" t="s">
         <v>32</v>
       </c>
       <c r="O77" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="P77" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="B78" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="C78" t="s">
         <v>214</v>
       </c>
       <c r="D78" t="s">
-        <v>139</v>
+        <v>425</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>107</v>
       </c>
       <c r="G78" t="s">
         <v>43</v>
       </c>
       <c r="H78">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I78">
         <v>2015</v>
       </c>
       <c r="J78" t="s">
         <v>231</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
         <v>217</v>
       </c>
       <c r="N78" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O78" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="P78" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="B79" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="C79" t="s">
         <v>214</v>
       </c>
       <c r="D79" t="s">
-        <v>281</v>
+        <v>139</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>107</v>
       </c>
       <c r="G79" t="s">
         <v>43</v>
       </c>
       <c r="H79">
         <v>2010</v>
       </c>
       <c r="I79">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J79" t="s">
         <v>231</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
-      <c r="L79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L79"/>
       <c r="M79" t="s">
         <v>217</v>
       </c>
       <c r="N79" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O79" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="P79" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="B80" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C80" t="s">
         <v>214</v>
       </c>
       <c r="D80" t="s">
-        <v>37</v>
+        <v>281</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>107</v>
       </c>
       <c r="G80" t="s">
         <v>43</v>
       </c>
       <c r="H80">
         <v>2010</v>
       </c>
       <c r="I80">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="J80" t="s">
         <v>231</v>
       </c>
       <c r="K80" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="L80"/>
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>434</v>
+      </c>
       <c r="M80" t="s">
         <v>217</v>
       </c>
       <c r="N80" t="s">
         <v>32</v>
       </c>
       <c r="O80" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="P80" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B81" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="C81" t="s">
         <v>214</v>
       </c>
       <c r="D81" t="s">
         <v>37</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>107</v>
       </c>
       <c r="G81" t="s">
-        <v>43</v>
+        <v>439</v>
       </c>
       <c r="H81">
         <v>2010</v>
       </c>
       <c r="I81">
         <v>2019</v>
       </c>
       <c r="J81" t="s">
-        <v>345</v>
+        <v>231</v>
       </c>
       <c r="K81" t="s">
         <v>275</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
         <v>217</v>
       </c>
       <c r="N81" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O81" t="s">
+        <v>440</v>
+      </c>
+      <c r="P81" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>442</v>
       </c>
       <c r="B82" t="s">
         <v>443</v>
       </c>
       <c r="C82" t="s">
         <v>214</v>
       </c>
       <c r="D82" t="s">
-        <v>444</v>
+        <v>37</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>107</v>
       </c>
       <c r="G82" t="s">
         <v>43</v>
       </c>
       <c r="H82">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I82">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J82" t="s">
-        <v>231</v>
+        <v>348</v>
       </c>
       <c r="K82" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="L82"/>
       <c r="M82" t="s">
         <v>217</v>
       </c>
       <c r="N82" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O82" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="P82" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="B83" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="C83" t="s">
         <v>214</v>
       </c>
       <c r="D83" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>107</v>
       </c>
       <c r="G83" t="s">
         <v>43</v>
       </c>
       <c r="H83">
         <v>2012</v>
       </c>
       <c r="I83">
         <v>2015</v>
       </c>
       <c r="J83" t="s">
         <v>231</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="M83" t="s">
         <v>217</v>
       </c>
       <c r="N83" t="s">
         <v>32</v>
       </c>
       <c r="O83" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="P83" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="B84" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="C84" t="s">
         <v>214</v>
       </c>
       <c r="D84" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>107</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H84">
         <v>2012</v>
       </c>
-      <c r="I84"/>
+      <c r="I84">
+        <v>2015</v>
+      </c>
       <c r="J84" t="s">
         <v>231</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="M84" t="s">
         <v>217</v>
       </c>
       <c r="N84" t="s">
         <v>32</v>
       </c>
       <c r="O84" t="s">
+        <v>454</v>
+      </c>
+      <c r="P84" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
+        <v>456</v>
+      </c>
+      <c r="B85" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="C85" t="s">
         <v>214</v>
       </c>
       <c r="D85" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>107</v>
       </c>
       <c r="G85" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H85">
         <v>2012</v>
       </c>
-      <c r="I85">
-[...1 lines deleted...]
-      </c>
+      <c r="I85"/>
       <c r="J85" t="s">
-        <v>345</v>
+        <v>231</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
-      <c r="L85"/>
+      <c r="L85" t="s">
+        <v>448</v>
+      </c>
       <c r="M85" t="s">
         <v>217</v>
       </c>
       <c r="N85" t="s">
         <v>32</v>
       </c>
       <c r="O85" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="P85" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B86" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="C86" t="s">
         <v>214</v>
       </c>
       <c r="D86" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>107</v>
       </c>
       <c r="G86" t="s">
         <v>43</v>
       </c>
       <c r="H86">
         <v>2012</v>
       </c>
       <c r="I86">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="J86" t="s">
-        <v>216</v>
+        <v>348</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
         <v>217</v>
       </c>
       <c r="N86" t="s">
         <v>32</v>
       </c>
       <c r="O86" t="s">
+        <v>463</v>
+      </c>
+      <c r="P86" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
+        <v>465</v>
+      </c>
+      <c r="B87" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
       <c r="C87" t="s">
         <v>214</v>
       </c>
       <c r="D87" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>107</v>
       </c>
       <c r="G87" t="s">
-        <v>22</v>
+        <v>467</v>
       </c>
       <c r="H87">
         <v>2012</v>
       </c>
-      <c r="I87"/>
+      <c r="I87">
+        <v>2015</v>
+      </c>
       <c r="J87" t="s">
-        <v>231</v>
+        <v>216</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
         <v>217</v>
       </c>
       <c r="N87" t="s">
         <v>32</v>
       </c>
       <c r="O87" t="s">
         <v>468</v>
       </c>
       <c r="P87" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>470</v>
       </c>
       <c r="B88" t="s">
         <v>471</v>
       </c>
       <c r="C88" t="s">
         <v>214</v>
       </c>
       <c r="D88" t="s">
-        <v>350</v>
+        <v>462</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>107</v>
       </c>
       <c r="G88" t="s">
-        <v>304</v>
+        <v>22</v>
       </c>
       <c r="H88">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
         <v>231</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
-      <c r="L88" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L88"/>
       <c r="M88" t="s">
         <v>217</v>
       </c>
       <c r="N88" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O88" t="s">
+        <v>472</v>
+      </c>
+      <c r="P88" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
+        <v>474</v>
+      </c>
+      <c r="B89" t="s">
         <v>475</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" t="s">
-        <v>18</v>
+        <v>214</v>
       </c>
       <c r="D89" t="s">
-        <v>477</v>
+        <v>353</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>21</v>
+        <v>107</v>
       </c>
       <c r="G89" t="s">
-        <v>22</v>
+        <v>303</v>
       </c>
       <c r="H89">
         <v>2021</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>23</v>
+        <v>231</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
-      <c r="L89"/>
-      <c r="M89"/>
+      <c r="L89" t="s">
+        <v>476</v>
+      </c>
+      <c r="M89" t="s">
+        <v>217</v>
+      </c>
       <c r="N89" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O89" t="s">
+        <v>477</v>
+      </c>
+      <c r="P89" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="B90" t="s">
         <v>480</v>
       </c>
       <c r="C90" t="s">
         <v>18</v>
       </c>
       <c r="D90" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2021</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>23</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90" t="s">
         <v>32</v>
       </c>
       <c r="O90" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="P90" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="B91" t="s">
         <v>484</v>
       </c>
       <c r="C91" t="s">
         <v>18</v>
       </c>
       <c r="D91" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>107</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2021</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>23</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91" t="s">
         <v>32</v>
       </c>
       <c r="O91" t="s">
+        <v>485</v>
+      </c>
+      <c r="P91" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
         <v>487</v>
       </c>
       <c r="B92" t="s">
         <v>488</v>
       </c>
       <c r="C92" t="s">
         <v>18</v>
       </c>
       <c r="D92" t="s">
         <v>489</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>107</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2021</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>23</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O92" t="s">
         <v>490</v>
       </c>
       <c r="P92" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
         <v>491</v>
       </c>
       <c r="B93" t="s">
         <v>492</v>
       </c>
       <c r="C93" t="s">
         <v>18</v>
       </c>
       <c r="D93" t="s">
-        <v>62</v>
+        <v>493</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>107</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2021</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>23</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O93" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="P93" t="s">
-        <v>494</v>
+        <v>69</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
         <v>495</v>
       </c>
       <c r="B94" t="s">
         <v>496</v>
       </c>
       <c r="C94" t="s">
         <v>18</v>
       </c>
       <c r="D94" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>107</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2021</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
         <v>23</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94" t="s">
         <v>32</v>
       </c>
       <c r="O94" t="s">
         <v>497</v>
       </c>
       <c r="P94" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
         <v>499</v>
       </c>
       <c r="B95" t="s">
         <v>500</v>
       </c>
       <c r="C95" t="s">
         <v>18</v>
       </c>
       <c r="D95" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>107</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2021</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>23</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O95" t="s">
         <v>501</v>
       </c>
       <c r="P95" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
         <v>503</v>
       </c>
       <c r="B96" t="s">
         <v>504</v>
       </c>
       <c r="C96" t="s">
         <v>18</v>
       </c>
       <c r="D96" t="s">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>107</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2021</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
         <v>23</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O96" t="s">
         <v>505</v>
       </c>
       <c r="P96" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
         <v>507</v>
       </c>
       <c r="B97" t="s">
         <v>508</v>
       </c>
       <c r="C97" t="s">
         <v>18</v>
       </c>
       <c r="D97" t="s">
-        <v>268</v>
+        <v>49</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>107</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2021</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
         <v>23</v>
       </c>
       <c r="K97" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O97" t="s">
         <v>509</v>
       </c>
       <c r="P97" t="s">
-        <v>69</v>
+        <v>510</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B98" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C98" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D98" t="s">
-        <v>512</v>
+        <v>268</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>107</v>
       </c>
       <c r="G98" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H98">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I98"/>
       <c r="J98" t="s">
-        <v>216</v>
+        <v>23</v>
       </c>
       <c r="K98" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="L98"/>
-      <c r="M98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M98"/>
       <c r="N98" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O98" t="s">
         <v>513</v>
       </c>
       <c r="P98" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
         <v>514</v>
+      </c>
+      <c r="B99" t="s">
+        <v>515</v>
+      </c>
+      <c r="C99" t="s">
+        <v>214</v>
+      </c>
+      <c r="D99" t="s">
+        <v>516</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>107</v>
+      </c>
+      <c r="G99" t="s">
+        <v>43</v>
+      </c>
+      <c r="H99">
+        <v>2011</v>
+      </c>
+      <c r="I99">
+        <v>2013</v>
+      </c>
+      <c r="J99" t="s">
+        <v>216</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>217</v>
+      </c>
+      <c r="N99" t="s">
+        <v>32</v>
+      </c>
+      <c r="O99" t="s">
+        <v>517</v>
+      </c>
+      <c r="P99" t="s">
+        <v>518</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">