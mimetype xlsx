--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="448">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="450">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1090,53 +1090,50 @@
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -1175,50 +1172,62 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
@@ -1334,53 +1343,50 @@
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
     <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
   </si>
   <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
   </si>
   <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
     <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
-  </si>
-[...1 lines deleted...]
-    <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
     <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
   </si>
   <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
     <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
@@ -1861,51 +1867,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P82"/>
+  <dimension ref="A1:P83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -4239,51 +4245,51 @@
       </c>
       <c r="P51" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>289</v>
       </c>
       <c r="B52" t="s">
         <v>290</v>
       </c>
       <c r="C52" t="s">
         <v>214</v>
       </c>
       <c r="D52" t="s">
         <v>291</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>241</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52">
         <v>2024</v>
       </c>
       <c r="J52" t="s">
         <v>292</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
         <v>293</v>
       </c>
       <c r="M52" t="s">
         <v>217</v>
       </c>
       <c r="N52" t="s">
         <v>32</v>
       </c>
       <c r="O52" t="s">
         <v>294</v>
       </c>
@@ -4667,1063 +4673,1107 @@
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
         <v>233</v>
       </c>
       <c r="N60" t="s">
         <v>32</v>
       </c>
       <c r="O60" t="s">
         <v>340</v>
       </c>
       <c r="P60" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>341</v>
       </c>
       <c r="B61" t="s">
         <v>342</v>
       </c>
       <c r="C61" t="s">
+        <v>227</v>
+      </c>
+      <c r="D61" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>241</v>
       </c>
       <c r="G61" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="H61">
         <v>2024</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
+        <v>345</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
         <v>346</v>
       </c>
-      <c r="K61" t="s">
-[...2 lines deleted...]
-      <c r="L61" t="s">
+      <c r="M61" t="s">
         <v>347</v>
       </c>
-      <c r="M61" t="s">
+      <c r="N61" t="s">
+        <v>32</v>
+      </c>
+      <c r="O61" t="s">
         <v>348</v>
       </c>
-      <c r="N61" t="s">
-[...2 lines deleted...]
-      <c r="O61" t="s">
+      <c r="P61" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
+        <v>350</v>
+      </c>
+      <c r="B62" t="s">
         <v>351</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
+        <v>227</v>
+      </c>
+      <c r="D62" t="s">
         <v>352</v>
-      </c>
-[...4 lines deleted...]
-        <v>353</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>241</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2024</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
+        <v>353</v>
+      </c>
+      <c r="M62" t="s">
+        <v>347</v>
+      </c>
+      <c r="N62" t="s">
+        <v>32</v>
+      </c>
+      <c r="O62" t="s">
         <v>354</v>
       </c>
-      <c r="M62" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P62" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>355</v>
+      </c>
+      <c r="B63"/>
       <c r="C63" t="s">
         <v>227</v>
       </c>
       <c r="D63" t="s">
-        <v>327</v>
+        <v>356</v>
       </c>
       <c r="E63" t="s">
-        <v>240</v>
+        <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>21</v>
+        <v>241</v>
       </c>
       <c r="G63" t="s">
-        <v>43</v>
+        <v>344</v>
       </c>
       <c r="H63">
         <v>2017</v>
       </c>
-      <c r="I63">
-[...1 lines deleted...]
-      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>250</v>
+        <v>357</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>233</v>
+        <v>347</v>
       </c>
       <c r="N63" t="s">
         <v>32</v>
       </c>
       <c r="O63" t="s">
         <v>358</v>
       </c>
       <c r="P63" t="s">
-        <v>288</v>
+        <v>349</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>359</v>
       </c>
       <c r="B64" t="s">
         <v>360</v>
       </c>
       <c r="C64" t="s">
         <v>227</v>
       </c>
       <c r="D64" t="s">
-        <v>361</v>
+        <v>327</v>
       </c>
       <c r="E64" t="s">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="F64" t="s">
-        <v>362</v>
+        <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H64">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I64"/>
+        <v>2017</v>
+      </c>
+      <c r="I64">
+        <v>2019</v>
+      </c>
       <c r="J64" t="s">
         <v>250</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
-      <c r="L64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L64"/>
       <c r="M64" t="s">
-        <v>364</v>
+        <v>233</v>
       </c>
       <c r="N64" t="s">
         <v>32</v>
       </c>
       <c r="O64" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="P64" t="s">
-        <v>366</v>
+        <v>288</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="B65" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="C65" t="s">
-        <v>214</v>
+        <v>227</v>
       </c>
       <c r="D65" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>2002</v>
+        <v>2018</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
-      <c r="L65"/>
+      <c r="L65" t="s">
+        <v>366</v>
+      </c>
       <c r="M65" t="s">
-        <v>217</v>
+        <v>367</v>
       </c>
       <c r="N65" t="s">
         <v>32</v>
       </c>
       <c r="O65" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="P65" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="B66" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="C66" t="s">
         <v>214</v>
       </c>
       <c r="D66" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>241</v>
+        <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H66">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
         <v>260</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
-      <c r="L66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
         <v>217</v>
       </c>
       <c r="N66" t="s">
         <v>32</v>
       </c>
       <c r="O66" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="P66" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B67" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C67" t="s">
         <v>214</v>
       </c>
       <c r="D67" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>21</v>
+        <v>241</v>
       </c>
       <c r="G67" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H67">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I67"/>
+        <v>2007</v>
+      </c>
+      <c r="I67">
+        <v>2013</v>
+      </c>
       <c r="J67" t="s">
         <v>260</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="M67" t="s">
         <v>217</v>
       </c>
       <c r="N67" t="s">
         <v>32</v>
       </c>
       <c r="O67" t="s">
+        <v>379</v>
+      </c>
+      <c r="P67" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B68" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="C68" t="s">
         <v>214</v>
       </c>
       <c r="D68" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H68">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
         <v>260</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="M68" t="s">
         <v>217</v>
       </c>
       <c r="N68" t="s">
         <v>32</v>
       </c>
       <c r="O68" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="P68" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="B69" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C69" t="s">
         <v>214</v>
       </c>
       <c r="D69" t="s">
-        <v>369</v>
+        <v>387</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H69">
         <v>2007</v>
       </c>
-      <c r="I69"/>
+      <c r="I69">
+        <v>2015</v>
+      </c>
       <c r="J69" t="s">
         <v>260</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="M69" t="s">
         <v>217</v>
       </c>
       <c r="N69" t="s">
         <v>32</v>
       </c>
       <c r="O69" t="s">
+        <v>389</v>
+      </c>
+      <c r="P69" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>391</v>
       </c>
       <c r="B70" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="C70" t="s">
         <v>214</v>
       </c>
       <c r="D70" t="s">
-        <v>333</v>
+        <v>372</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>260</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="M70" t="s">
         <v>217</v>
       </c>
       <c r="N70" t="s">
         <v>32</v>
       </c>
       <c r="O70" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="P70" t="s">
-        <v>395</v>
+        <v>384</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B71" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="C71" t="s">
         <v>214</v>
       </c>
       <c r="D71" t="s">
-        <v>398</v>
+        <v>333</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>241</v>
+        <v>21</v>
       </c>
       <c r="G71" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H71">
-        <v>1993</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I71"/>
       <c r="J71" t="s">
         <v>260</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="M71" t="s">
         <v>217</v>
       </c>
       <c r="N71" t="s">
         <v>32</v>
       </c>
       <c r="O71" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="P71" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B72" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="C72" t="s">
         <v>214</v>
       </c>
       <c r="D72" t="s">
-        <v>404</v>
+        <v>356</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>21</v>
+        <v>241</v>
       </c>
       <c r="G72" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H72">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I72"/>
+        <v>1993</v>
+      </c>
+      <c r="I72">
+        <v>2007</v>
+      </c>
       <c r="J72" t="s">
         <v>260</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="M72" t="s">
         <v>217</v>
       </c>
       <c r="N72" t="s">
         <v>32</v>
       </c>
       <c r="O72" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="P72" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B73" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="C73" t="s">
         <v>214</v>
       </c>
       <c r="D73" t="s">
-        <v>274</v>
+        <v>406</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2013</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>260</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="M73" t="s">
         <v>217</v>
       </c>
       <c r="N73" t="s">
         <v>32</v>
       </c>
       <c r="O73" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="P73" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="B74" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="C74" t="s">
-        <v>18</v>
+        <v>214</v>
       </c>
       <c r="D74" t="s">
-        <v>415</v>
+        <v>274</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>23</v>
+        <v>260</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
-      <c r="L74"/>
-      <c r="M74"/>
+      <c r="L74" t="s">
+        <v>412</v>
+      </c>
+      <c r="M74" t="s">
+        <v>217</v>
+      </c>
       <c r="N74" t="s">
         <v>32</v>
       </c>
       <c r="O74" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="P74" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B75" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="C75" t="s">
         <v>18</v>
       </c>
       <c r="D75" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2021</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>23</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75" t="s">
         <v>32</v>
       </c>
       <c r="O75" t="s">
+        <v>418</v>
+      </c>
+      <c r="P75" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="B76" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C76" t="s">
         <v>18</v>
       </c>
       <c r="D76" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>107</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2021</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>23</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76" t="s">
         <v>32</v>
       </c>
       <c r="O76" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="P76" t="s">
-        <v>69</v>
+        <v>422</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="B77" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="C77" t="s">
         <v>18</v>
       </c>
       <c r="D77" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>107</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2021</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>23</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O77" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="P77" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="B78" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="C78" t="s">
         <v>18</v>
       </c>
       <c r="D78" t="s">
-        <v>62</v>
+        <v>429</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>107</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2021</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>23</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O78" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="P78" t="s">
-        <v>432</v>
+        <v>69</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B79" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C79" t="s">
         <v>18</v>
       </c>
       <c r="D79" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>107</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2021</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
         <v>23</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79" t="s">
         <v>32</v>
       </c>
       <c r="O79" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="P79" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="B80" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="C80" t="s">
         <v>18</v>
       </c>
       <c r="D80" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>107</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2021</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
         <v>23</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O80" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="P80" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="B81" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="C81" t="s">
         <v>18</v>
       </c>
       <c r="D81" t="s">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>107</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2021</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
         <v>23</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O81" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="P81" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B82" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="C82" t="s">
         <v>18</v>
       </c>
       <c r="D82" t="s">
-        <v>261</v>
+        <v>49</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>107</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2021</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
         <v>23</v>
       </c>
       <c r="K82" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82" t="s">
+        <v>32</v>
+      </c>
+      <c r="O82" t="s">
+        <v>445</v>
+      </c>
+      <c r="P82" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>447</v>
+      </c>
+      <c r="B83" t="s">
+        <v>448</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>261</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>107</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2021</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>23</v>
+      </c>
+      <c r="K83" t="s">
+        <v>79</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83"/>
+      <c r="N83" t="s">
         <v>25</v>
       </c>
-      <c r="O82" t="s">
-[...2 lines deleted...]
-      <c r="P82" t="s">
+      <c r="O83" t="s">
+        <v>449</v>
+      </c>
+      <c r="P83" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>