--- v0 (2025-12-05)
+++ v1 (2026-02-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="503">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -843,60 +843,61 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
@@ -1479,53 +1480,50 @@
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
     <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -1564,50 +1562,56 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
@@ -2009,51 +2013,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P86"/>
+  <dimension ref="A1:P87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -4098,55 +4102,53 @@
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>257</v>
       </c>
       <c r="B44" t="s">
         <v>258</v>
       </c>
       <c r="C44" t="s">
         <v>115</v>
       </c>
       <c r="D44" t="s">
         <v>259</v>
       </c>
       <c r="E44" t="s">
         <v>62</v>
       </c>
       <c r="F44" t="s">
         <v>156</v>
       </c>
       <c r="G44" t="s">
         <v>260</v>
       </c>
       <c r="H44">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
         <v>261</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
         <v>262</v>
       </c>
       <c r="M44" t="s">
         <v>263</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>264</v>
       </c>
       <c r="P44" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>266</v>
@@ -5881,320 +5883,364 @@
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
         <v>323</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
         <v>465</v>
       </c>
       <c r="P80" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>466</v>
       </c>
       <c r="B81" t="s">
         <v>467</v>
       </c>
       <c r="C81" t="s">
+        <v>317</v>
+      </c>
+      <c r="D81" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
       <c r="E81" t="s">
         <v>62</v>
       </c>
       <c r="F81" t="s">
         <v>330</v>
       </c>
       <c r="G81" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="H81">
         <v>2024</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
+        <v>471</v>
+      </c>
+      <c r="M81" t="s">
         <v>472</v>
       </c>
-      <c r="M81" t="s">
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
         <v>473</v>
       </c>
-      <c r="N81" t="s">
-[...2 lines deleted...]
-      <c r="O81" t="s">
+      <c r="P81" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
+        <v>475</v>
+      </c>
+      <c r="B82" t="s">
         <v>476</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
+        <v>317</v>
+      </c>
+      <c r="D82" t="s">
         <v>477</v>
-      </c>
-[...4 lines deleted...]
-        <v>478</v>
       </c>
       <c r="E82" t="s">
         <v>62</v>
       </c>
       <c r="F82" t="s">
         <v>330</v>
       </c>
       <c r="G82" t="s">
         <v>44</v>
       </c>
       <c r="H82">
         <v>2024</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
+        <v>478</v>
+      </c>
+      <c r="M82" t="s">
+        <v>472</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
         <v>479</v>
       </c>
-      <c r="M82" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P82" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>480</v>
+      </c>
+      <c r="B83"/>
       <c r="C83" t="s">
         <v>317</v>
       </c>
       <c r="D83" t="s">
-        <v>483</v>
+        <v>430</v>
       </c>
       <c r="E83" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F83" t="s">
-        <v>63</v>
+        <v>330</v>
       </c>
       <c r="G83" t="s">
-        <v>22</v>
+        <v>469</v>
       </c>
       <c r="H83">
         <v>2017</v>
       </c>
-      <c r="I83">
-[...1 lines deleted...]
-      </c>
+      <c r="I83"/>
       <c r="J83" t="s">
-        <v>339</v>
+        <v>261</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>323</v>
+        <v>472</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="P83" t="s">
-        <v>350</v>
+        <v>474</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="B84" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="C84" t="s">
         <v>317</v>
       </c>
       <c r="D84" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="E84" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>488</v>
+        <v>63</v>
       </c>
       <c r="G84" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H84">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I84"/>
+        <v>2017</v>
+      </c>
+      <c r="I84">
+        <v>2019</v>
+      </c>
       <c r="J84" t="s">
         <v>339</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
-      <c r="L84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L84"/>
       <c r="M84" t="s">
-        <v>490</v>
+        <v>323</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="P84" t="s">
-        <v>492</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="B85" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="C85" t="s">
-        <v>18</v>
+        <v>317</v>
       </c>
       <c r="D85" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="E85" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F85" t="s">
-        <v>156</v>
+        <v>489</v>
       </c>
       <c r="G85" t="s">
         <v>44</v>
       </c>
       <c r="H85">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>38</v>
+        <v>339</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
-      <c r="L85"/>
-      <c r="M85"/>
+      <c r="L85" t="s">
+        <v>490</v>
+      </c>
+      <c r="M85" t="s">
+        <v>491</v>
+      </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="P85" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="B86" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="C86" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
       <c r="D86" t="s">
-        <v>37</v>
+        <v>496</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>156</v>
       </c>
       <c r="G86" t="s">
         <v>44</v>
       </c>
       <c r="H86">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
         <v>38</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
+        <v>497</v>
+      </c>
+      <c r="P86" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>499</v>
+      </c>
+      <c r="B87" t="s">
         <v>500</v>
       </c>
-      <c r="P86" t="s">
+      <c r="C87" t="s">
+        <v>115</v>
+      </c>
+      <c r="D87" t="s">
+        <v>37</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>156</v>
+      </c>
+      <c r="G87" t="s">
+        <v>44</v>
+      </c>
+      <c r="H87">
+        <v>2013</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>38</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87"/>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
         <v>501</v>
+      </c>
+      <c r="P87" t="s">
+        <v>502</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">