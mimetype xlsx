--- v0 (2025-11-09)
+++ v1 (2026-02-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="754">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="756">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1319,53 +1319,50 @@
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
     <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -1404,50 +1401,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
@@ -2737,51 +2743,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P143"/>
+  <dimension ref="A1:P144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -6537,3173 +6543,3217 @@
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
         <v>38</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
         <v>426</v>
       </c>
       <c r="P78" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>427</v>
       </c>
       <c r="B79" t="s">
         <v>428</v>
       </c>
       <c r="C79" t="s">
+        <v>32</v>
+      </c>
+      <c r="D79" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="H79">
         <v>2024</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
+        <v>431</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
         <v>432</v>
       </c>
-      <c r="K79" t="s">
-[...2 lines deleted...]
-      <c r="L79" t="s">
+      <c r="M79" t="s">
         <v>433</v>
       </c>
-      <c r="M79" t="s">
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
         <v>434</v>
       </c>
-      <c r="N79" t="s">
-[...2 lines deleted...]
-      <c r="O79" t="s">
+      <c r="P79" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
+        <v>436</v>
+      </c>
+      <c r="B80" t="s">
         <v>437</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
+        <v>32</v>
+      </c>
+      <c r="D80" t="s">
         <v>438</v>
-      </c>
-[...4 lines deleted...]
-        <v>439</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2024</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
+        <v>439</v>
+      </c>
+      <c r="M80" t="s">
+        <v>433</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
         <v>440</v>
       </c>
-      <c r="M80" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P80" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>442</v>
-[...3 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="B81"/>
       <c r="C81" t="s">
         <v>32</v>
       </c>
       <c r="D81" t="s">
-        <v>384</v>
+        <v>19</v>
       </c>
       <c r="E81" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="G81" t="s">
-        <v>90</v>
+        <v>430</v>
       </c>
       <c r="H81">
         <v>2017</v>
       </c>
-      <c r="I81">
-[...1 lines deleted...]
-      </c>
+      <c r="I81"/>
       <c r="J81" t="s">
-        <v>55</v>
+        <v>442</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>38</v>
+        <v>433</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="P81" t="s">
-        <v>99</v>
+        <v>435</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
+        <v>444</v>
+      </c>
+      <c r="B82" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="C82" t="s">
         <v>32</v>
       </c>
       <c r="D82" t="s">
-        <v>447</v>
+        <v>384</v>
       </c>
       <c r="E82" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F82" t="s">
-        <v>448</v>
+        <v>84</v>
       </c>
       <c r="G82" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H82">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I82"/>
+        <v>2017</v>
+      </c>
+      <c r="I82">
+        <v>2019</v>
+      </c>
       <c r="J82" t="s">
         <v>55</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
-      <c r="L82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L82"/>
       <c r="M82" t="s">
-        <v>450</v>
+        <v>38</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="P82" t="s">
-        <v>452</v>
+        <v>99</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="B83" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="C83" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="D83" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="E83" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="G83" t="s">
-        <v>431</v>
+        <v>22</v>
       </c>
       <c r="H83">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>413</v>
+        <v>55</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="M83" t="s">
-        <v>64</v>
+        <v>452</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="P83" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="B84" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="C84" t="s">
         <v>62</v>
       </c>
       <c r="D84" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="E84" t="s">
         <v>45</v>
       </c>
       <c r="F84" t="s">
-        <v>462</v>
+        <v>412</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H84"/>
+        <v>430</v>
+      </c>
+      <c r="H84">
+        <v>2014</v>
+      </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>413</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="M84" t="s">
         <v>64</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="P84" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
+        <v>461</v>
+      </c>
+      <c r="B85" t="s">
+        <v>462</v>
+      </c>
+      <c r="C85" t="s">
+        <v>62</v>
+      </c>
+      <c r="D85" t="s">
+        <v>463</v>
+      </c>
+      <c r="E85" t="s">
+        <v>45</v>
+      </c>
+      <c r="F85" t="s">
+        <v>464</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85"/>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>413</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>465</v>
+      </c>
+      <c r="M85" t="s">
+        <v>64</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
         <v>466</v>
       </c>
-      <c r="B85" t="s">
+      <c r="P85" t="s">
         <v>467</v>
-      </c>
-[...40 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="B86" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C86" t="s">
-        <v>474</v>
+        <v>405</v>
       </c>
       <c r="D86" t="s">
         <v>19</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>90</v>
       </c>
       <c r="H86">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I86">
         <v>2018</v>
       </c>
       <c r="J86" t="s">
-        <v>23</v>
+        <v>470</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="M86" t="s">
-        <v>476</v>
+        <v>406</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="P86" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="B87" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="C87" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D87" t="s">
-        <v>481</v>
+        <v>19</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>90</v>
       </c>
       <c r="H87">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="I87">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J87" t="s">
         <v>23</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
-      <c r="L87"/>
+      <c r="L87" t="s">
+        <v>477</v>
+      </c>
       <c r="M87" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="P87" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="B88" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="C88" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D88" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H88">
         <v>2016</v>
       </c>
-      <c r="I88"/>
+      <c r="I88">
+        <v>2019</v>
+      </c>
       <c r="J88" t="s">
         <v>23</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="P88" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="B89" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="C89" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D89" t="s">
-        <v>379</v>
+        <v>488</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G89" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H89">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I89"/>
       <c r="J89" t="s">
         <v>23</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="P89" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
+        <v>491</v>
+      </c>
+      <c r="B90" t="s">
         <v>492</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D90" t="s">
-        <v>494</v>
+        <v>379</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>90</v>
       </c>
       <c r="H90">
         <v>2018</v>
       </c>
       <c r="I90">
         <v>2018</v>
       </c>
       <c r="J90" t="s">
         <v>23</v>
       </c>
       <c r="K90" t="s">
-        <v>495</v>
+        <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="P90" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="B91" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="C91" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D91" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>90</v>
       </c>
       <c r="H91">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="I91">
         <v>2018</v>
       </c>
       <c r="J91" t="s">
         <v>23</v>
       </c>
       <c r="K91" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>497</v>
+      </c>
+      <c r="L91"/>
       <c r="M91" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="P91" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="B92" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="C92" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D92" t="s">
-        <v>89</v>
+        <v>501</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>90</v>
       </c>
       <c r="H92">
         <v>2007</v>
       </c>
       <c r="I92">
         <v>2018</v>
       </c>
       <c r="J92" t="s">
         <v>23</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
+        <v>502</v>
+      </c>
+      <c r="M92" t="s">
+        <v>478</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
         <v>503</v>
       </c>
-      <c r="M92" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P92" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="B93" t="s">
-        <v>506</v>
+        <v>495</v>
       </c>
       <c r="C93" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D93" t="s">
-        <v>481</v>
+        <v>89</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>90</v>
       </c>
       <c r="H93">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="I93">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J93" t="s">
         <v>23</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
-      <c r="L93"/>
+      <c r="L93" t="s">
+        <v>505</v>
+      </c>
       <c r="M93" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="P93" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
+        <v>507</v>
+      </c>
+      <c r="B94" t="s">
         <v>508</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D94" t="s">
-        <v>76</v>
+        <v>483</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G94" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H94">
         <v>2016</v>
       </c>
-      <c r="I94"/>
+      <c r="I94">
+        <v>2019</v>
+      </c>
       <c r="J94" t="s">
-        <v>113</v>
+        <v>23</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
-      <c r="L94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L94"/>
       <c r="M94" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="P94" t="s">
-        <v>512</v>
+        <v>485</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
+        <v>510</v>
+      </c>
+      <c r="B95" t="s">
+        <v>511</v>
+      </c>
+      <c r="C95" t="s">
+        <v>476</v>
+      </c>
+      <c r="D95" t="s">
+        <v>76</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>54</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2016</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>113</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>512</v>
+      </c>
+      <c r="M95" t="s">
+        <v>478</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
         <v>513</v>
       </c>
-      <c r="B95" t="s">
+      <c r="P95" t="s">
         <v>514</v>
-      </c>
-[...40 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="B96" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C96" t="s">
         <v>75</v>
       </c>
       <c r="D96" t="s">
-        <v>181</v>
+        <v>357</v>
       </c>
       <c r="E96" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>90</v>
       </c>
       <c r="H96">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I96">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="J96" t="s">
         <v>77</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
-      <c r="L96"/>
+      <c r="L96" t="s">
+        <v>517</v>
+      </c>
       <c r="M96" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="N96" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>521</v>
-[...1 lines deleted...]
-      <c r="P96"/>
+        <v>519</v>
+      </c>
+      <c r="P96" t="s">
+        <v>520</v>
+      </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
+        <v>521</v>
+      </c>
+      <c r="B97" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="C97" t="s">
         <v>75</v>
       </c>
       <c r="D97" t="s">
-        <v>455</v>
+        <v>181</v>
       </c>
       <c r="E97" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F97" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G97" t="s">
         <v>90</v>
       </c>
       <c r="H97">
         <v>2006</v>
       </c>
       <c r="I97">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="J97" t="s">
         <v>77</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
-        <v>78</v>
+        <v>518</v>
       </c>
       <c r="N97" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="O97" t="s">
-        <v>524</v>
-[...3 lines deleted...]
-      </c>
+        <v>523</v>
+      </c>
+      <c r="P97"/>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="B98" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="C98" t="s">
         <v>75</v>
       </c>
       <c r="D98" t="s">
-        <v>528</v>
+        <v>457</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G98" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H98">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I98"/>
+        <v>2006</v>
+      </c>
+      <c r="I98">
+        <v>2015</v>
+      </c>
       <c r="J98" t="s">
         <v>77</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
-        <v>516</v>
+        <v>78</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="P98" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="B99" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="C99" t="s">
         <v>75</v>
       </c>
       <c r="D99" t="s">
-        <v>191</v>
+        <v>530</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>54</v>
       </c>
       <c r="G99" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H99">
         <v>2016</v>
       </c>
-      <c r="I99">
-[...1 lines deleted...]
-      </c>
+      <c r="I99"/>
       <c r="J99" t="s">
         <v>77</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="P99" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
+        <v>533</v>
+      </c>
+      <c r="B100" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="C100" t="s">
         <v>75</v>
       </c>
       <c r="D100" t="s">
-        <v>264</v>
+        <v>191</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="G100" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H100">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I100"/>
+        <v>2016</v>
+      </c>
+      <c r="I100">
+        <v>2016</v>
+      </c>
       <c r="J100" t="s">
         <v>77</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
-        <v>78</v>
+        <v>518</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="P100" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="B101" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="C101" t="s">
         <v>75</v>
       </c>
       <c r="D101" t="s">
-        <v>368</v>
+        <v>264</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="G101" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H101">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I101"/>
       <c r="J101" t="s">
         <v>77</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
-      <c r="L101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L101"/>
       <c r="M101" t="s">
-        <v>516</v>
+        <v>78</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="P101" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="B102" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="C102" t="s">
         <v>75</v>
       </c>
       <c r="D102" t="s">
-        <v>168</v>
+        <v>368</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G102" t="s">
         <v>90</v>
       </c>
       <c r="H102">
-        <v>1986</v>
+        <v>2012</v>
       </c>
       <c r="I102">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J102" t="s">
         <v>77</v>
       </c>
       <c r="K102" t="s">
-        <v>545</v>
-[...1 lines deleted...]
-      <c r="L102"/>
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>542</v>
+      </c>
       <c r="M102" t="s">
-        <v>546</v>
+        <v>518</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="P102" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="B103" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="C103" t="s">
         <v>75</v>
       </c>
       <c r="D103" t="s">
-        <v>550</v>
+        <v>168</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>90</v>
       </c>
       <c r="H103">
         <v>1986</v>
       </c>
       <c r="I103">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J103" t="s">
         <v>77</v>
       </c>
       <c r="K103" t="s">
-        <v>24</v>
+        <v>547</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>516</v>
+        <v>548</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="P103" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="B104" t="s">
-        <v>554</v>
+        <v>541</v>
       </c>
       <c r="C104" t="s">
         <v>75</v>
       </c>
       <c r="D104" t="s">
-        <v>425</v>
+        <v>552</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G104" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H104">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="I104"/>
+        <v>1986</v>
+      </c>
+      <c r="I104">
+        <v>2014</v>
+      </c>
       <c r="J104" t="s">
         <v>77</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>546</v>
+        <v>518</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="P104" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="B105" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="C105" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="D105" t="s">
-        <v>559</v>
+        <v>425</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
-        <v>2019</v>
+        <v>2004</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="K105" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
-        <v>64</v>
+        <v>548</v>
       </c>
       <c r="N105" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="P105" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="B106" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="C106" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="D106" t="s">
-        <v>351</v>
+        <v>561</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>54</v>
       </c>
       <c r="G106" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H106">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I106"/>
       <c r="J106" t="s">
-        <v>77</v>
+        <v>96</v>
       </c>
       <c r="K106" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L106"/>
       <c r="M106" t="s">
-        <v>516</v>
+        <v>64</v>
       </c>
       <c r="N106" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="O106" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="P106" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="B107" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="C107" t="s">
-        <v>569</v>
+        <v>75</v>
       </c>
       <c r="D107" t="s">
-        <v>570</v>
+        <v>351</v>
       </c>
       <c r="E107" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>54</v>
       </c>
       <c r="G107" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H107">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I107"/>
+        <v>2011</v>
+      </c>
+      <c r="I107">
+        <v>2011</v>
+      </c>
       <c r="J107" t="s">
-        <v>571</v>
+        <v>77</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="M107" t="s">
-        <v>573</v>
+        <v>518</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="P107"/>
+        <v>567</v>
+      </c>
+      <c r="P107" t="s">
+        <v>568</v>
+      </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="B108" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
       <c r="C108" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D108" t="s">
-        <v>379</v>
+        <v>572</v>
       </c>
       <c r="E108" t="s">
         <v>45</v>
       </c>
       <c r="F108" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="G108" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H108">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I108"/>
       <c r="J108" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="K108" t="s">
-        <v>578</v>
+        <v>24</v>
       </c>
       <c r="L108" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
       <c r="M108" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>580</v>
-[...3 lines deleted...]
-      </c>
+        <v>576</v>
+      </c>
+      <c r="P108"/>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="B109" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="C109" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D109" t="s">
         <v>379</v>
       </c>
       <c r="E109" t="s">
         <v>45</v>
       </c>
       <c r="F109" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="G109" t="s">
         <v>90</v>
       </c>
       <c r="H109">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="I109">
         <v>2015</v>
       </c>
       <c r="J109" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="K109" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="L109" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="M109" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="P109" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="B110" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="C110" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D110" t="s">
-        <v>588</v>
+        <v>379</v>
       </c>
       <c r="E110" t="s">
         <v>45</v>
       </c>
       <c r="F110" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="G110" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H110">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I110"/>
+        <v>2013</v>
+      </c>
+      <c r="I110">
+        <v>2015</v>
+      </c>
       <c r="J110" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="K110" t="s">
-        <v>24</v>
+        <v>580</v>
       </c>
       <c r="L110" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="M110" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="P110" t="s">
-        <v>591</v>
+        <v>583</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="B111" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="C111" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D111" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="E111" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F111" t="s">
         <v>84</v>
       </c>
       <c r="G111" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H111">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="I111"/>
       <c r="J111" t="s">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="K111" t="s">
-        <v>578</v>
+        <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="M111" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="P111" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B112" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="C112" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D112" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="E112" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="G112" t="s">
         <v>90</v>
       </c>
       <c r="H112">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="I112">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="J112" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K112" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="L112" t="s">
+        <v>597</v>
+      </c>
+      <c r="M112" t="s">
+        <v>575</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>598</v>
+      </c>
+      <c r="P112" t="s">
         <v>599</v>
-      </c>
-[...10 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="B113" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="C113" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D113" t="s">
-        <v>153</v>
+        <v>596</v>
       </c>
       <c r="E113" t="s">
         <v>45</v>
       </c>
       <c r="F113" t="s">
         <v>54</v>
       </c>
       <c r="G113" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H113">
         <v>2015</v>
       </c>
-      <c r="I113"/>
+      <c r="I113">
+        <v>2017</v>
+      </c>
       <c r="J113" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K113" t="s">
-        <v>24</v>
+        <v>580</v>
       </c>
       <c r="L113" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="M113" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="P113" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="B114" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="C114" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D114" t="s">
         <v>153</v>
       </c>
       <c r="E114" t="s">
         <v>45</v>
       </c>
       <c r="F114" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2015</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="M114" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="P114" t="s">
-        <v>609</v>
+        <v>599</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="B115" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="C115" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D115" t="s">
-        <v>203</v>
+        <v>153</v>
       </c>
       <c r="E115" t="s">
         <v>45</v>
       </c>
       <c r="F115" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="G115" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H115">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I115"/>
       <c r="J115" t="s">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="M115" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="P115" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="B116" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="C116" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D116" t="s">
-        <v>89</v>
+        <v>203</v>
       </c>
       <c r="E116" t="s">
         <v>45</v>
       </c>
       <c r="F116" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="G116" t="s">
         <v>90</v>
       </c>
       <c r="H116">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="I116">
         <v>2021</v>
       </c>
       <c r="J116" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="M116" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="P116" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="B117" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="C117" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D117" t="s">
-        <v>622</v>
+        <v>89</v>
       </c>
       <c r="E117" t="s">
         <v>45</v>
       </c>
       <c r="F117" t="s">
         <v>84</v>
       </c>
       <c r="G117" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H117">
+        <v>2002</v>
+      </c>
+      <c r="I117">
         <v>2021</v>
       </c>
-      <c r="I117"/>
       <c r="J117" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="M117" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="P117" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="B118" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="C118" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D118" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
       <c r="E118" t="s">
         <v>45</v>
       </c>
       <c r="F118" t="s">
         <v>84</v>
       </c>
       <c r="G118" t="s">
-        <v>629</v>
+        <v>22</v>
       </c>
       <c r="H118">
         <v>2021</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
-        <v>630</v>
+        <v>625</v>
       </c>
       <c r="M118" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
       <c r="P118" t="s">
-        <v>632</v>
+        <v>627</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>633</v>
+        <v>628</v>
       </c>
       <c r="B119" t="s">
-        <v>634</v>
+        <v>629</v>
       </c>
       <c r="C119" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D119" t="s">
-        <v>212</v>
+        <v>630</v>
       </c>
       <c r="E119" t="s">
         <v>45</v>
       </c>
       <c r="F119" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="G119" t="s">
-        <v>90</v>
+        <v>631</v>
       </c>
       <c r="H119">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I119">
         <v>2021</v>
       </c>
+      <c r="I119"/>
       <c r="J119" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>612</v>
+        <v>632</v>
       </c>
       <c r="M119" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="P119" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="B120" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="C120" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D120" t="s">
-        <v>89</v>
+        <v>212</v>
       </c>
       <c r="E120" t="s">
         <v>45</v>
       </c>
       <c r="F120" t="s">
         <v>54</v>
       </c>
       <c r="G120" t="s">
         <v>90</v>
       </c>
       <c r="H120">
         <v>2011</v>
       </c>
       <c r="I120">
         <v>2021</v>
       </c>
       <c r="J120" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120" t="s">
-        <v>639</v>
+        <v>614</v>
       </c>
       <c r="M120" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="P120" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="B121" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="C121" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D121" t="s">
-        <v>135</v>
+        <v>89</v>
       </c>
       <c r="E121" t="s">
         <v>45</v>
       </c>
       <c r="F121" t="s">
         <v>54</v>
       </c>
       <c r="G121" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H121">
+        <v>2011</v>
+      </c>
+      <c r="I121">
         <v>2021</v>
       </c>
-      <c r="I121"/>
       <c r="J121" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="M121" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="P121" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="B122" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="C122" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D122" t="s">
-        <v>628</v>
+        <v>135</v>
       </c>
       <c r="E122" t="s">
         <v>45</v>
       </c>
       <c r="F122" t="s">
-        <v>649</v>
+        <v>54</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2021</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122" t="s">
-        <v>630</v>
+        <v>646</v>
       </c>
       <c r="M122" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="P122" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="B123" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="C123" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D123" t="s">
-        <v>203</v>
+        <v>630</v>
       </c>
       <c r="E123" t="s">
         <v>45</v>
       </c>
       <c r="F123" t="s">
-        <v>84</v>
+        <v>651</v>
       </c>
       <c r="G123" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H123">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I123">
         <v>2021</v>
       </c>
+      <c r="I123"/>
       <c r="J123" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123" t="s">
-        <v>654</v>
+        <v>632</v>
       </c>
       <c r="M123" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="P123" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="B124" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="C124" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D124" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="E124" t="s">
         <v>45</v>
       </c>
       <c r="F124" t="s">
         <v>84</v>
       </c>
       <c r="G124" t="s">
         <v>90</v>
       </c>
       <c r="H124">
         <v>2002</v>
       </c>
       <c r="I124">
         <v>2021</v>
       </c>
       <c r="J124" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="M124" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="P124" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="B125" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="C125" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D125" t="s">
-        <v>227</v>
+        <v>212</v>
       </c>
       <c r="E125" t="s">
         <v>45</v>
       </c>
       <c r="F125" t="s">
         <v>84</v>
       </c>
       <c r="G125" t="s">
         <v>90</v>
       </c>
       <c r="H125">
         <v>2002</v>
       </c>
       <c r="I125">
         <v>2021</v>
       </c>
       <c r="J125" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="M125" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="P125" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="B126" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="C126" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D126" t="s">
-        <v>669</v>
+        <v>227</v>
       </c>
       <c r="E126" t="s">
         <v>45</v>
       </c>
       <c r="F126" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="G126" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H126">
+        <v>2002</v>
+      </c>
+      <c r="I126">
         <v>2021</v>
       </c>
-      <c r="I126"/>
       <c r="J126" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="M126" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>671</v>
-[...1 lines deleted...]
-      <c r="P126"/>
+        <v>667</v>
+      </c>
+      <c r="P126" t="s">
+        <v>668</v>
+      </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="B127" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C127" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D127" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="E127" t="s">
         <v>45</v>
       </c>
       <c r="F127" t="s">
         <v>54</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2021</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="M127" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="P127"/>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="B128" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="C128" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D128" t="s">
-        <v>83</v>
+        <v>671</v>
       </c>
       <c r="E128" t="s">
         <v>45</v>
       </c>
       <c r="F128" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K128" t="s">
-        <v>675</v>
+        <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="M128" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>677</v>
-[...3 lines deleted...]
-      </c>
+        <v>674</v>
+      </c>
+      <c r="P128"/>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="B129" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="C129" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D129" t="s">
-        <v>681</v>
+        <v>83</v>
       </c>
       <c r="E129" t="s">
         <v>45</v>
       </c>
       <c r="F129" t="s">
         <v>84</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>2022</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K129" t="s">
-        <v>682</v>
-[...1 lines deleted...]
-      <c r="L129"/>
+        <v>677</v>
+      </c>
+      <c r="L129" t="s">
+        <v>678</v>
+      </c>
       <c r="M129" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="P129" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="B130" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="C130" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D130" t="s">
-        <v>83</v>
+        <v>683</v>
       </c>
       <c r="E130" t="s">
         <v>45</v>
       </c>
       <c r="F130" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2022</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K130" t="s">
-        <v>687</v>
-[...3 lines deleted...]
-      </c>
+        <v>684</v>
+      </c>
+      <c r="L130"/>
       <c r="M130" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="P130" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="B131" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="C131" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D131" t="s">
-        <v>681</v>
+        <v>83</v>
       </c>
       <c r="E131" t="s">
         <v>45</v>
       </c>
       <c r="F131" t="s">
         <v>54</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2022</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K131" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="L131" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="M131" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="P131" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="B132" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="C132" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D132" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="E132" t="s">
         <v>45</v>
       </c>
       <c r="F132" t="s">
         <v>54</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>2022</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="K132" t="s">
-        <v>24</v>
+        <v>695</v>
       </c>
       <c r="L132" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="M132" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="P132" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="B133" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="C133" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D133" t="s">
-        <v>168</v>
+        <v>683</v>
       </c>
       <c r="E133" t="s">
         <v>45</v>
       </c>
       <c r="F133" t="s">
-        <v>412</v>
+        <v>54</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
-        <v>2008</v>
+        <v>2022</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="K133" t="s">
-        <v>704</v>
+        <v>24</v>
       </c>
       <c r="L133" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="M133" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="P133" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="B134" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="C134" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D134" t="s">
-        <v>411</v>
+        <v>168</v>
       </c>
       <c r="E134" t="s">
         <v>45</v>
       </c>
       <c r="F134" t="s">
-        <v>84</v>
+        <v>412</v>
       </c>
       <c r="G134" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H134">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I134"/>
       <c r="J134" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="K134" t="s">
-        <v>24</v>
+        <v>706</v>
       </c>
       <c r="L134" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="M134" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="P134" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="B135" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="C135" t="s">
-        <v>715</v>
+        <v>571</v>
       </c>
       <c r="D135" t="s">
-        <v>89</v>
+        <v>411</v>
       </c>
       <c r="E135" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F135" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="G135" t="s">
         <v>90</v>
       </c>
       <c r="H135">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I135">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J135" t="s">
-        <v>270</v>
+        <v>579</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="M135" t="s">
-        <v>717</v>
+        <v>575</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="P135" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>720</v>
+        <v>715</v>
       </c>
       <c r="B136" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="C136" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D136" t="s">
-        <v>19</v>
+        <v>89</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
         <v>90</v>
       </c>
       <c r="H136">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I136">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J136" t="s">
         <v>270</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
       <c r="M136" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="P136" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="B137" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="C137" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D137" t="s">
-        <v>727</v>
+        <v>19</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H137">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I137"/>
+        <v>2011</v>
+      </c>
+      <c r="I137">
+        <v>2019</v>
+      </c>
       <c r="J137" t="s">
-        <v>468</v>
+        <v>270</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="M137" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="P137" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>731</v>
+        <v>727</v>
       </c>
       <c r="B138" t="s">
-        <v>732</v>
+        <v>728</v>
       </c>
       <c r="C138" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D138" t="s">
-        <v>168</v>
+        <v>729</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H138">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I138"/>
       <c r="J138" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
-      <c r="L138"/>
+      <c r="L138" t="s">
+        <v>730</v>
+      </c>
       <c r="M138" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="P138" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="B139" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="C139" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D139" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>21</v>
       </c>
       <c r="G139" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H139">
         <v>2014</v>
       </c>
       <c r="I139">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J139" t="s">
-        <v>270</v>
+        <v>470</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="P139" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="B140" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="C140" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D140" t="s">
-        <v>203</v>
+        <v>163</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I140">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J140" t="s">
         <v>270</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="P140" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="B141" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="C141" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D141" t="s">
-        <v>243</v>
+        <v>203</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I141"/>
+        <v>2016</v>
+      </c>
+      <c r="I141">
+        <v>2018</v>
+      </c>
       <c r="J141" t="s">
-        <v>468</v>
+        <v>270</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="P141" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
+        <v>745</v>
+      </c>
+      <c r="B142" t="s">
         <v>746</v>
       </c>
-      <c r="B142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D142" t="s">
-        <v>411</v>
+        <v>243</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H142">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I142"/>
       <c r="J142" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="P142" t="s">
-        <v>749</v>
+        <v>736</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="B143" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="C143" t="s">
-        <v>569</v>
+        <v>717</v>
       </c>
       <c r="D143" t="s">
-        <v>181</v>
+        <v>411</v>
       </c>
       <c r="E143" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F143" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G143" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-      <c r="I143"/>
+        <v>90</v>
+      </c>
+      <c r="H143">
+        <v>2016</v>
+      </c>
+      <c r="I143">
+        <v>2019</v>
+      </c>
       <c r="J143" t="s">
-        <v>577</v>
+        <v>470</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
-        <v>573</v>
+        <v>719</v>
       </c>
       <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>750</v>
+      </c>
+      <c r="P143" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
         <v>752</v>
       </c>
-      <c r="O143" t="s">
+      <c r="B144" t="s">
         <v>753</v>
       </c>
-      <c r="P143"/>
+      <c r="C144" t="s">
+        <v>571</v>
+      </c>
+      <c r="D144" t="s">
+        <v>181</v>
+      </c>
+      <c r="E144" t="s">
+        <v>45</v>
+      </c>
+      <c r="F144" t="s">
+        <v>54</v>
+      </c>
+      <c r="G144" t="s">
+        <v>46</v>
+      </c>
+      <c r="H144"/>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>579</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>575</v>
+      </c>
+      <c r="N144" t="s">
+        <v>754</v>
+      </c>
+      <c r="O144" t="s">
+        <v>755</v>
+      </c>
+      <c r="P144"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>