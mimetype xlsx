--- v0 (2025-12-11)
+++ v1 (2026-02-08)
@@ -3706,51 +3706,51 @@
       </c>
       <c r="P13" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>113</v>
       </c>
       <c r="B14" t="s">
         <v>114</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>115</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H14">
         <v>2021</v>
       </c>
       <c r="I14">
         <v>2024</v>
       </c>
       <c r="J14" t="s">
         <v>116</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>117</v>
       </c>
       <c r="M14" t="s">
         <v>36</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>118</v>
       </c>