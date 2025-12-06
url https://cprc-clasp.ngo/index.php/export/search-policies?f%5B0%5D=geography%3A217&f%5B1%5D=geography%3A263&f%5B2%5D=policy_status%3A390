--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,1708 +12,1301 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="506">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="369">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
-    <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
-    <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
-    <t>ISO-8187</t>
-[...1 lines deleted...]
-  <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
-[...8 lines deleted...]
-    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>ISIRI NS 4335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
-[...56 lines deleted...]
-    <t>Imaging Equipment</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
+  </si>
+  <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>IEC 60968 and IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 6016, ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
+  </si>
+  <si>
+    <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
+  </si>
+  <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
+    <t>Irons</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
-[...229 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
-    <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
-[...25 lines deleted...]
-  <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
-    <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
-[...220 lines deleted...]
-  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
   </si>
   <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
-    <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
+    <t>SASO 2874:2016 MEPS for large air conditioners</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
+    <t>Kingdom of Saudi Arabia</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>Saudi Standard, Metrology and Quality Organization</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
+    <t>SASO IEC 60034-30:2013</t>
+  </si>
+  <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
+    <t>SASO IEC 60034-2-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
+  </si>
+  <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
+    <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
+  </si>
+  <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
+    <t>Ovens, Microwaves</t>
+  </si>
+  <si>
+    <t>Standards Institute of Israel (SII)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
+  </si>
+  <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
+    <t>SI 60968</t>
+  </si>
+  <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
+  </si>
+  <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
+    <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
+  </si>
+  <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
+    <t>Ministry of National Infrastructures, Energy and Water Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
+  </si>
+  <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
+    <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
+  </si>
+  <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
+    <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
+  </si>
+  <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
+  </si>
+  <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
+    <t>Turkey</t>
+  </si>
+  <si>
+    <t>Servers</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/424</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>EC 626-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
+  </si>
+  <si>
+    <t>EN 16901
+,   
+                    EN 16902
+,   
+                    EN 50597
+,   
+                    EN ISO 23953-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
+  </si>
+  <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
+  </si>
+  <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
+    <t>Displays</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2021</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
+    <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
+  </si>
+  <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
+    <t>Electricity, Solar, Solid Fuel</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
+  </si>
+  <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
+    <t>Portable Heaters</t>
+  </si>
+  <si>
+    <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
+  </si>
+  <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
+    <t>Solid Fuel</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
+  </si>
+  <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
+    <t>Biomass, Solid Fuel</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1185</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
+  </si>
+  <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1188</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No. 26897</t>
+  </si>
+  <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>Council Directive 92/42/EEC of 21 May 1992</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
+  </si>
+  <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
+    <t>United Arab Emirates</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
-    <t>GSO ISO 5151</t>
-[...485 lines deleted...]
-    <t>UAE.S IEC 62552:2013</t>
+    <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
-    <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
   </si>
   <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
-    <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1977,5855 +1570,2940 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N135"/>
+  <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>76</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1993</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>38</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F10" t="s">
+        <v>76</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" t="s">
+        <v>95</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...28 lines deleted...]
-      <c r="F3" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" t="s">
+        <v>100</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>101</v>
+      </c>
+      <c r="M12" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D13" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>89</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>90</v>
+      </c>
+      <c r="N13" t="s">
+        <v>107</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>88</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>89</v>
+      </c>
+      <c r="K14" t="s">
+        <v>112</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>90</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" t="s">
+        <v>116</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>89</v>
+      </c>
+      <c r="K15" t="s">
+        <v>112</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>90</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>89</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>121</v>
+      </c>
+      <c r="M16" t="s">
+        <v>90</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" t="s">
+        <v>125</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>46</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>89</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>90</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>88</v>
+      </c>
+      <c r="D18" t="s">
+        <v>129</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2002</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>89</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>130</v>
+      </c>
+      <c r="M18" t="s">
+        <v>90</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>88</v>
+      </c>
+      <c r="D19" t="s">
+        <v>134</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2004</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>89</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>135</v>
+      </c>
+      <c r="M19" t="s">
+        <v>90</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>136</v>
+      </c>
+      <c r="P19" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>88</v>
+      </c>
+      <c r="D20" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...38 lines deleted...]
-      <c r="F4" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2002</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>89</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>139</v>
+      </c>
+      <c r="M20" t="s">
+        <v>90</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>140</v>
+      </c>
+      <c r="P20" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" t="s">
+        <v>143</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>89</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>144</v>
+      </c>
+      <c r="M21" t="s">
+        <v>90</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>145</v>
+      </c>
+      <c r="P21" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>146</v>
+      </c>
+      <c r="B22" t="s">
+        <v>147</v>
+      </c>
+      <c r="C22" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22" t="s">
+        <v>148</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2004</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>89</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>149</v>
+      </c>
+      <c r="M22" t="s">
+        <v>90</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>150</v>
+      </c>
+      <c r="P22" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>151</v>
+      </c>
+      <c r="B23" t="s">
+        <v>152</v>
+      </c>
+      <c r="C23" t="s">
+        <v>153</v>
+      </c>
+      <c r="D23" t="s">
+        <v>154</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>82</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>155</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>156</v>
+      </c>
+      <c r="P23" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>151</v>
+      </c>
+      <c r="B24" t="s">
+        <v>152</v>
+      </c>
+      <c r="C24" t="s">
+        <v>153</v>
+      </c>
+      <c r="D24" t="s">
+        <v>158</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>82</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>155</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>159</v>
+      </c>
+      <c r="P24" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>160</v>
+      </c>
+      <c r="B25" t="s">
+        <v>161</v>
+      </c>
+      <c r="C25" t="s">
+        <v>153</v>
+      </c>
+      <c r="D25" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...26 lines deleted...]
-      <c r="B5" t="s">
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>82</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>155</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>162</v>
+      </c>
+      <c r="P25" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>164</v>
+      </c>
+      <c r="B26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" t="s">
+        <v>166</v>
+      </c>
+      <c r="D26" t="s">
+        <v>134</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>46</v>
       </c>
-      <c r="C5" t="s">
-[...902 lines deleted...]
-        <v>2011</v>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2015</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
+        <v>82</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>167</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>168</v>
+      </c>
+      <c r="P26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>170</v>
+      </c>
+      <c r="B27" t="s">
+        <v>171</v>
+      </c>
+      <c r="C27" t="s">
+        <v>54</v>
+      </c>
+      <c r="D27" t="s">
+        <v>172</v>
+      </c>
+      <c r="E27" t="s">
+        <v>173</v>
+      </c>
+      <c r="F27" t="s">
+        <v>174</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>175</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>176</v>
+      </c>
+      <c r="M27" t="s">
+        <v>56</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>177</v>
+      </c>
+      <c r="P27" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>179</v>
+      </c>
+      <c r="B28" t="s">
+        <v>180</v>
+      </c>
+      <c r="C28" t="s">
+        <v>54</v>
+      </c>
+      <c r="D28" t="s">
+        <v>181</v>
+      </c>
+      <c r="E28" t="s">
+        <v>45</v>
+      </c>
+      <c r="F28" t="s">
+        <v>174</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2023</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>175</v>
+      </c>
+      <c r="K28" t="s">
+        <v>182</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>56</v>
+      </c>
+      <c r="N28" t="s">
+        <v>107</v>
+      </c>
+      <c r="O28" t="s">
+        <v>183</v>
+      </c>
+      <c r="P28" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>185</v>
+      </c>
+      <c r="B29" t="s">
+        <v>186</v>
+      </c>
+      <c r="C29" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" t="s">
+        <v>187</v>
+      </c>
+      <c r="E29" t="s">
+        <v>173</v>
+      </c>
+      <c r="F29" t="s">
+        <v>76</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>188</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>38</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>189</v>
+      </c>
+      <c r="P29" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>190</v>
+      </c>
+      <c r="B30" t="s">
+        <v>191</v>
+      </c>
+      <c r="C30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" t="s">
+        <v>192</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K26" t="s">
-[...28 lines deleted...]
-      <c r="F27" t="s">
+      <c r="G30" t="s">
+        <v>193</v>
+      </c>
+      <c r="H30">
+        <v>2024</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>194</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>195</v>
+      </c>
+      <c r="M30" t="s">
+        <v>196</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>197</v>
+      </c>
+      <c r="P30" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>199</v>
+      </c>
+      <c r="B31" t="s">
+        <v>200</v>
+      </c>
+      <c r="C31" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" t="s">
+        <v>201</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2024</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>194</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>202</v>
+      </c>
+      <c r="M31" t="s">
+        <v>196</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>203</v>
+      </c>
+      <c r="P31" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>204</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32" t="s">
+        <v>32</v>
+      </c>
+      <c r="D32" t="s">
         <v>19</v>
       </c>
-      <c r="G27">
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>193</v>
+      </c>
+      <c r="H32">
+        <v>2017</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>205</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>196</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>206</v>
+      </c>
+      <c r="P32" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>207</v>
+      </c>
+      <c r="B33" t="s">
+        <v>208</v>
+      </c>
+      <c r="C33" t="s">
+        <v>32</v>
+      </c>
+      <c r="D33" t="s">
+        <v>209</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>210</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2018</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>47</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>211</v>
+      </c>
+      <c r="M33" t="s">
+        <v>212</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>213</v>
+      </c>
+      <c r="P33" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>215</v>
+      </c>
+      <c r="B34" t="s">
+        <v>216</v>
+      </c>
+      <c r="C34" t="s">
+        <v>54</v>
+      </c>
+      <c r="D34" t="s">
+        <v>217</v>
+      </c>
+      <c r="E34" t="s">
+        <v>173</v>
+      </c>
+      <c r="F34" t="s">
+        <v>174</v>
+      </c>
+      <c r="G34" t="s">
+        <v>193</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>175</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>218</v>
+      </c>
+      <c r="M34" t="s">
+        <v>56</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>219</v>
+      </c>
+      <c r="P34" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>221</v>
+      </c>
+      <c r="B35" t="s">
+        <v>222</v>
+      </c>
+      <c r="C35" t="s">
+        <v>54</v>
+      </c>
+      <c r="D35" t="s">
+        <v>223</v>
+      </c>
+      <c r="E35" t="s">
+        <v>173</v>
+      </c>
+      <c r="F35" t="s">
+        <v>224</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>175</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>225</v>
+      </c>
+      <c r="M35" t="s">
+        <v>56</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>226</v>
+      </c>
+      <c r="P35" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>228</v>
+      </c>
+      <c r="B36" t="s">
+        <v>229</v>
+      </c>
+      <c r="C36" t="s">
+        <v>230</v>
+      </c>
+      <c r="D36" t="s">
+        <v>231</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>46</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2016</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>232</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>233</v>
+      </c>
+      <c r="P36" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>235</v>
+      </c>
+      <c r="B37" t="s">
+        <v>236</v>
+      </c>
+      <c r="C37" t="s">
+        <v>230</v>
+      </c>
+      <c r="D37" t="s">
+        <v>68</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>46</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2016</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>89</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>237</v>
+      </c>
+      <c r="M37" t="s">
+        <v>232</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>238</v>
+      </c>
+      <c r="P37" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>240</v>
+      </c>
+      <c r="B38" t="s">
+        <v>241</v>
+      </c>
+      <c r="C38" t="s">
+        <v>67</v>
+      </c>
+      <c r="D38" t="s">
+        <v>242</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>46</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2016</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>69</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>243</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>244</v>
+      </c>
+      <c r="P38" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>246</v>
+      </c>
+      <c r="B39" t="s">
+        <v>247</v>
+      </c>
+      <c r="C39" t="s">
+        <v>67</v>
+      </c>
+      <c r="D39" t="s">
+        <v>148</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>76</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>69</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>70</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>248</v>
+      </c>
+      <c r="P39" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>250</v>
+      </c>
+      <c r="B40" t="s">
+        <v>251</v>
+      </c>
+      <c r="C40" t="s">
+        <v>67</v>
+      </c>
+      <c r="D40" t="s">
+        <v>187</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2004</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>69</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>252</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>253</v>
+      </c>
+      <c r="P40" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>255</v>
+      </c>
+      <c r="B41" t="s">
+        <v>256</v>
+      </c>
+      <c r="C41" t="s">
+        <v>54</v>
+      </c>
+      <c r="D41" t="s">
+        <v>257</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>46</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2019</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>82</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>56</v>
+      </c>
+      <c r="N41" t="s">
+        <v>50</v>
+      </c>
+      <c r="O41" t="s">
+        <v>258</v>
+      </c>
+      <c r="P41" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>260</v>
+      </c>
+      <c r="B42" t="s">
+        <v>261</v>
+      </c>
+      <c r="C42" t="s">
+        <v>262</v>
+      </c>
+      <c r="D42" t="s">
+        <v>263</v>
+      </c>
+      <c r="E42" t="s">
+        <v>173</v>
+      </c>
+      <c r="F42" t="s">
+        <v>46</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>264</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>265</v>
+      </c>
+      <c r="M42" t="s">
+        <v>266</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>267</v>
+      </c>
+      <c r="P42"/>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>268</v>
+      </c>
+      <c r="B43" t="s">
+        <v>269</v>
+      </c>
+      <c r="C43" t="s">
+        <v>262</v>
+      </c>
+      <c r="D43" t="s">
+        <v>270</v>
+      </c>
+      <c r="E43" t="s">
+        <v>173</v>
+      </c>
+      <c r="F43" t="s">
+        <v>76</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2006</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>271</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>272</v>
+      </c>
+      <c r="M43" t="s">
+        <v>266</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>273</v>
+      </c>
+      <c r="P43" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>275</v>
+      </c>
+      <c r="B44" t="s">
+        <v>276</v>
+      </c>
+      <c r="C44" t="s">
+        <v>262</v>
+      </c>
+      <c r="D44" t="s">
+        <v>277</v>
+      </c>
+      <c r="E44" t="s">
+        <v>173</v>
+      </c>
+      <c r="F44" t="s">
+        <v>46</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2015</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>264</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>278</v>
+      </c>
+      <c r="M44" t="s">
+        <v>266</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>279</v>
+      </c>
+      <c r="P44" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>281</v>
+      </c>
+      <c r="B45" t="s">
+        <v>282</v>
+      </c>
+      <c r="C45" t="s">
+        <v>262</v>
+      </c>
+      <c r="D45" t="s">
+        <v>277</v>
+      </c>
+      <c r="E45" t="s">
+        <v>173</v>
+      </c>
+      <c r="F45" t="s">
+        <v>76</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2015</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>271</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>283</v>
+      </c>
+      <c r="M45" t="s">
+        <v>266</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>284</v>
+      </c>
+      <c r="P45" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>286</v>
+      </c>
+      <c r="B46" t="s">
+        <v>287</v>
+      </c>
+      <c r="C46" t="s">
+        <v>262</v>
+      </c>
+      <c r="D46" t="s">
+        <v>288</v>
+      </c>
+      <c r="E46" t="s">
+        <v>173</v>
+      </c>
+      <c r="F46" t="s">
+        <v>76</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2021</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>264</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>289</v>
+      </c>
+      <c r="M46" t="s">
+        <v>266</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>290</v>
+      </c>
+      <c r="P46" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>292</v>
+      </c>
+      <c r="B47" t="s">
+        <v>293</v>
+      </c>
+      <c r="C47" t="s">
+        <v>262</v>
+      </c>
+      <c r="D47" t="s">
+        <v>294</v>
+      </c>
+      <c r="E47" t="s">
+        <v>173</v>
+      </c>
+      <c r="F47" t="s">
+        <v>46</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2021</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>264</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>295</v>
+      </c>
+      <c r="M47" t="s">
+        <v>266</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>296</v>
+      </c>
+      <c r="P47" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>298</v>
+      </c>
+      <c r="B48" t="s">
+        <v>299</v>
+      </c>
+      <c r="C48" t="s">
+        <v>262</v>
+      </c>
+      <c r="D48" t="s">
+        <v>300</v>
+      </c>
+      <c r="E48" t="s">
+        <v>173</v>
+      </c>
+      <c r="F48" t="s">
+        <v>301</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2021</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>264</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>302</v>
+      </c>
+      <c r="M48" t="s">
+        <v>266</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>303</v>
+      </c>
+      <c r="P48" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>305</v>
+      </c>
+      <c r="B49" t="s">
+        <v>306</v>
+      </c>
+      <c r="C49" t="s">
+        <v>262</v>
+      </c>
+      <c r="D49" t="s">
+        <v>307</v>
+      </c>
+      <c r="E49" t="s">
+        <v>173</v>
+      </c>
+      <c r="F49" t="s">
+        <v>46</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2021</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>264</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>308</v>
+      </c>
+      <c r="M49" t="s">
+        <v>266</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>309</v>
+      </c>
+      <c r="P49"/>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>305</v>
+      </c>
+      <c r="B50" t="s">
+        <v>306</v>
+      </c>
+      <c r="C50" t="s">
+        <v>262</v>
+      </c>
+      <c r="D50" t="s">
+        <v>307</v>
+      </c>
+      <c r="E50" t="s">
+        <v>173</v>
+      </c>
+      <c r="F50" t="s">
+        <v>46</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2021</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>264</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>308</v>
+      </c>
+      <c r="M50" t="s">
+        <v>266</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>310</v>
+      </c>
+      <c r="P50"/>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>311</v>
+      </c>
+      <c r="B51" t="s">
+        <v>312</v>
+      </c>
+      <c r="C51" t="s">
+        <v>262</v>
+      </c>
+      <c r="D51" t="s">
+        <v>75</v>
+      </c>
+      <c r="E51" t="s">
+        <v>173</v>
+      </c>
+      <c r="F51" t="s">
+        <v>76</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2022</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>264</v>
+      </c>
+      <c r="K51" t="s">
+        <v>313</v>
+      </c>
+      <c r="L51" t="s">
+        <v>314</v>
+      </c>
+      <c r="M51" t="s">
+        <v>266</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>315</v>
+      </c>
+      <c r="P51" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>317</v>
+      </c>
+      <c r="B52" t="s">
+        <v>318</v>
+      </c>
+      <c r="C52" t="s">
+        <v>262</v>
+      </c>
+      <c r="D52" t="s">
+        <v>319</v>
+      </c>
+      <c r="E52" t="s">
+        <v>173</v>
+      </c>
+      <c r="F52" t="s">
+        <v>76</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2022</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>264</v>
+      </c>
+      <c r="K52" t="s">
+        <v>320</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>266</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>321</v>
+      </c>
+      <c r="P52" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>323</v>
+      </c>
+      <c r="B53" t="s">
+        <v>324</v>
+      </c>
+      <c r="C53" t="s">
+        <v>262</v>
+      </c>
+      <c r="D53" t="s">
+        <v>75</v>
+      </c>
+      <c r="E53" t="s">
+        <v>173</v>
+      </c>
+      <c r="F53" t="s">
+        <v>46</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2022</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>264</v>
+      </c>
+      <c r="K53" t="s">
+        <v>325</v>
+      </c>
+      <c r="L53" t="s">
+        <v>326</v>
+      </c>
+      <c r="M53" t="s">
+        <v>266</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>327</v>
+      </c>
+      <c r="P53" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>329</v>
+      </c>
+      <c r="B54" t="s">
+        <v>330</v>
+      </c>
+      <c r="C54" t="s">
+        <v>262</v>
+      </c>
+      <c r="D54" t="s">
+        <v>319</v>
+      </c>
+      <c r="E54" t="s">
+        <v>173</v>
+      </c>
+      <c r="F54" t="s">
+        <v>46</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2022</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>264</v>
+      </c>
+      <c r="K54" t="s">
+        <v>331</v>
+      </c>
+      <c r="L54" t="s">
+        <v>332</v>
+      </c>
+      <c r="M54" t="s">
+        <v>266</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>333</v>
+      </c>
+      <c r="P54" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>335</v>
+      </c>
+      <c r="B55" t="s">
+        <v>336</v>
+      </c>
+      <c r="C55" t="s">
+        <v>262</v>
+      </c>
+      <c r="D55" t="s">
+        <v>319</v>
+      </c>
+      <c r="E55" t="s">
+        <v>173</v>
+      </c>
+      <c r="F55" t="s">
+        <v>46</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2022</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>264</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>337</v>
+      </c>
+      <c r="M55" t="s">
+        <v>266</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>338</v>
+      </c>
+      <c r="P55" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>340</v>
+      </c>
+      <c r="B56" t="s">
+        <v>341</v>
+      </c>
+      <c r="C56" t="s">
+        <v>262</v>
+      </c>
+      <c r="D56" t="s">
+        <v>111</v>
+      </c>
+      <c r="E56" t="s">
+        <v>173</v>
+      </c>
+      <c r="F56" t="s">
+        <v>174</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2008</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>271</v>
+      </c>
+      <c r="K56" t="s">
+        <v>342</v>
+      </c>
+      <c r="L56" t="s">
+        <v>343</v>
+      </c>
+      <c r="M56" t="s">
+        <v>266</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>344</v>
+      </c>
+      <c r="P56" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>346</v>
+      </c>
+      <c r="B57" t="s">
+        <v>347</v>
+      </c>
+      <c r="C57" t="s">
+        <v>348</v>
+      </c>
+      <c r="D57" t="s">
+        <v>349</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
         <v>2013</v>
       </c>
-      <c r="H27"/>
-[...87 lines deleted...]
-      <c r="J29" t="s">
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>350</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>351</v>
+      </c>
+      <c r="M57" t="s">
+        <v>352</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>353</v>
+      </c>
+      <c r="P57" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>355</v>
+      </c>
+      <c r="B58" t="s">
+        <v>356</v>
+      </c>
+      <c r="C58" t="s">
+        <v>348</v>
+      </c>
+      <c r="D58" t="s">
+        <v>105</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K29" t="s">
-[...1244 lines deleted...]
-        <v>2013</v>
+      <c r="G58" t="s">
+        <v>22</v>
       </c>
       <c r="H58">
         <v>2014</v>
       </c>
-      <c r="I58" t="s">
-        <v>197</v>
+      <c r="I58">
+        <v>2019</v>
       </c>
       <c r="J58" t="s">
+        <v>357</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>352</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>358</v>
+      </c>
+      <c r="P58" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>360</v>
+      </c>
+      <c r="B59" t="s">
+        <v>361</v>
+      </c>
+      <c r="C59" t="s">
+        <v>348</v>
+      </c>
+      <c r="D59" t="s">
+        <v>125</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
         <v>21</v>
       </c>
-      <c r="K58" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G59" t="s">
+        <v>22</v>
       </c>
       <c r="H59">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>2016</v>
+      </c>
+      <c r="I59">
+        <v>2018</v>
       </c>
       <c r="J59" t="s">
+        <v>357</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>352</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>362</v>
+      </c>
+      <c r="P59" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>364</v>
+      </c>
+      <c r="B60" t="s">
+        <v>365</v>
+      </c>
+      <c r="C60" t="s">
+        <v>348</v>
+      </c>
+      <c r="D60" t="s">
+        <v>366</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
         <v>21</v>
       </c>
-      <c r="K59" t="s">
-[...32 lines deleted...]
-        <v>2013</v>
+      <c r="G60" t="s">
+        <v>22</v>
       </c>
       <c r="H60">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>21</v>
+        <v>350</v>
       </c>
       <c r="K60" t="s">
-        <v>250</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>352</v>
       </c>
       <c r="N60" t="s">
-        <v>251</v>
-[...1344 lines deleted...]
-      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
         <v>367</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A93" t="s">
+      <c r="P60" t="s">
         <v>368</v>
       </c>
-      <c r="B93" t="s">
-[...1821 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>