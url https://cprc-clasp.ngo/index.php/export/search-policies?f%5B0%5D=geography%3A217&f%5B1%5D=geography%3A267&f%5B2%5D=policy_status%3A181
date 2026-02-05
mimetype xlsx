--- v0 (2025-10-14)
+++ v1 (2026-02-05)
@@ -12,488 +12,606 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
+  </si>
+  <si>
+    <t>May 2025</t>
+  </si>
+  <si>
+    <t>NIS IEC 62722-2-1
+,   
+                    NIS IEC 62722-2 series
+,   
+                    NIS IEC 61000-4-11; NIS IEC 61000-4-5
+,   
+                    NIS IEC 61000-4-7; NIS IEC 61000-3-2
+,   
+                    NIS IEC 61643-11
+,   
+                    IES LM-79 CIE S 025
+,   
+                    NIS IEC TR 61547-1
+,   
+                    NIS IEC TR 63158
+,   
+                    NIS CISPR 15
+,   
+                    NIS IEC 61547</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Voluntary</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+  </si>
+  <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -757,1027 +875,1160 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H4">
+        <v>2006</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>49</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1993</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>49</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6">
+        <v>1986</v>
+      </c>
+      <c r="I6">
+        <v>2004</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>49</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...14 lines deleted...]
-      <c r="G3">
+      <c r="N7" t="s">
+        <v>49</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>74</v>
+      </c>
+      <c r="F8" t="s">
+        <v>55</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>49</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2024</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>49</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>74</v>
+      </c>
+      <c r="F10" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>49</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>92</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2018</v>
       </c>
-      <c r="H3"/>
-[...15 lines deleted...]
-      <c r="N3" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>47</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>49</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>61</v>
+      </c>
+      <c r="H12">
+        <v>2007</v>
+      </c>
+      <c r="I12">
+        <v>2011</v>
+      </c>
+      <c r="J12" t="s">
+        <v>46</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>49</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
         <v>34</v>
       </c>
-    </row>
-[...213 lines deleted...]
-      <c r="C9" t="s">
+      <c r="G13" t="s">
         <v>61</v>
-      </c>
-[...178 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H13">
         <v>2006</v>
       </c>
-      <c r="I13" t="s">
-        <v>39</v>
+      <c r="I13">
+        <v>2006</v>
       </c>
       <c r="J13" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="K13" t="s">
+        <v>47</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="N13" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>107</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>87</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>111</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>45</v>
+      </c>
+      <c r="G14" t="s">
+        <v>61</v>
+      </c>
+      <c r="H14">
         <v>2006</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2015</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="K14" t="s">
+        <v>47</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="N14" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>49</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>89</v>
+        <v>114</v>
       </c>
       <c r="B15" t="s">
-        <v>36</v>
+        <v>115</v>
       </c>
       <c r="C15" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="E15" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2016</v>
       </c>
-      <c r="H15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="K15" t="s">
+        <v>47</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>42</v>
+        <v>101</v>
       </c>
       <c r="N15" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>49</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>92</v>
+        <v>119</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>120</v>
       </c>
       <c r="C16" t="s">
-        <v>93</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>121</v>
       </c>
       <c r="E16" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>61</v>
       </c>
       <c r="H16">
         <v>2016</v>
       </c>
-      <c r="I16" t="s">
-        <v>39</v>
+      <c r="I16">
+        <v>2016</v>
       </c>
       <c r="J16" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="K16" t="s">
+        <v>47</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>42</v>
+        <v>101</v>
       </c>
       <c r="N16" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>49</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>95</v>
+        <v>123</v>
       </c>
       <c r="B17" t="s">
-        <v>36</v>
+        <v>124</v>
       </c>
       <c r="C17" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>55</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>46</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17">
+      <c r="K17" t="s">
+        <v>47</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>48</v>
+      </c>
+      <c r="N17" t="s">
+        <v>49</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>130</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>61</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>46</v>
+      </c>
+      <c r="K18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18" t="s">
+        <v>131</v>
+      </c>
+      <c r="M18" t="s">
+        <v>101</v>
+      </c>
+      <c r="N18" t="s">
+        <v>49</v>
+      </c>
+      <c r="O18" t="s">
+        <v>132</v>
+      </c>
+      <c r="P18" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" t="s">
+        <v>136</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>45</v>
+      </c>
+      <c r="G19" t="s">
+        <v>61</v>
+      </c>
+      <c r="H19">
+        <v>1986</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>46</v>
+      </c>
+      <c r="K19" t="s">
+        <v>137</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>138</v>
+      </c>
+      <c r="N19" t="s">
+        <v>49</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" t="s">
+        <v>129</v>
+      </c>
+      <c r="C20" t="s">
+        <v>43</v>
+      </c>
+      <c r="D20" t="s">
+        <v>142</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>61</v>
+      </c>
+      <c r="H20">
+        <v>1986</v>
+      </c>
+      <c r="I20">
         <v>2014</v>
       </c>
-      <c r="H17"/>
-[...57 lines deleted...]
-      <c r="N18" t="s">
+      <c r="J20" t="s">
+        <v>46</v>
+      </c>
+      <c r="K20" t="s">
+        <v>47</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
         <v>101</v>
       </c>
-    </row>
-[...79 lines deleted...]
-      </c>
       <c r="N20" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>49</v>
+      </c>
+      <c r="O20" t="s">
+        <v>143</v>
+      </c>
+      <c r="P20" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>110</v>
+        <v>145</v>
       </c>
       <c r="B21" t="s">
-        <v>36</v>
+        <v>146</v>
       </c>
       <c r="C21" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" t="s">
+        <v>73</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>45</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2004</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>46</v>
+      </c>
+      <c r="K21" t="s">
+        <v>47</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>138</v>
+      </c>
+      <c r="N21" t="s">
+        <v>49</v>
+      </c>
+      <c r="O21" t="s">
+        <v>147</v>
+      </c>
+      <c r="P21" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>149</v>
+      </c>
+      <c r="B22" t="s">
+        <v>150</v>
+      </c>
+      <c r="C22" t="s">
+        <v>43</v>
+      </c>
+      <c r="D22" t="s">
+        <v>151</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
         <v>61</v>
-      </c>
-[...50 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H22">
         <v>2011</v>
       </c>
-      <c r="I22" t="s">
-        <v>39</v>
+      <c r="I22">
+        <v>2011</v>
       </c>
       <c r="J22" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="K22" t="s">
-        <v>114</v>
+        <v>47</v>
       </c>
       <c r="L22" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="M22" t="s">
-        <v>42</v>
+        <v>101</v>
       </c>
       <c r="N22" t="s">
-        <v>115</v>
+        <v>49</v>
+      </c>
+      <c r="O22" t="s">
+        <v>153</v>
+      </c>
+      <c r="P22" t="s">
+        <v>154</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>