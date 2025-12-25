--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -12,569 +12,575 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
-[...375 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>GSO 2530:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce and Industry</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
+  </si>
+  <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
+    <t>DNIS IEC TS 62257-9-8:2019EE</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Standards Organisation of Nigeria (SON)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
+  </si>
+  <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
+    <t>Draft Lighting Standards</t>
+  </si>
+  <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-lighting-standards</t>
+  </si>
+  <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPS for chillers</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
+    <t>Refrigeration, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
+  </si>
+  <si>
+    <t>Draft MEPS for electric motors</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
+  </si>
+  <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPS for RDCs</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
+  </si>
+  <si>
+    <t>Draft MEPS for televisions</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-televisions</t>
+  </si>
+  <si>
+    <t>Draft MEPS for washing machines</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SNI IEC 60311-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
+  </si>
+  <si>
+    <t>Draft MEPS for water pumps</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
+  </si>
+  <si>
+    <t>Efficient Biomass Cookstoves Policy</t>
+  </si>
+  <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
+    <t>Biomass Stoves</t>
+  </si>
+  <si>
+    <t>March 2022</t>
+  </si>
+  <si>
+    <t>Biomass</t>
+  </si>
+  <si>
+    <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid, Productive Use</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
+  </si>
+  <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
+    <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>October 2021</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
+  </si>
+  <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for refrigerators</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-5</t>
+  </si>
+  <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for storage water heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for washing machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines-0</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
@@ -609,53 +615,50 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
-[...1 lines deleted...]
-  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
@@ -692,50 +695,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
@@ -1105,65 +1117,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P35"/>
+  <dimension ref="A1:P36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="754.959" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1204,1611 +1216,1651 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
         <v>34</v>
       </c>
-      <c r="G3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
         <v>36</v>
       </c>
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>37</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
         <v>38</v>
       </c>
-      <c r="N3" t="s">
+      <c r="P3" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>42</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
         <v>43</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>44</v>
       </c>
-      <c r="E4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G4" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="H4"/>
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
       <c r="I4"/>
       <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4" t="s">
         <v>47</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4"/>
       <c r="M4" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="N4" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C5" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F5" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>58</v>
       </c>
-      <c r="P5"/>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G6" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E7" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="F7" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="P7"/>
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="E8" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G8" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E9" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="M9" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="P9" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B10" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E10" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
       <c r="M10" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="P10" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="E11" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="F11" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="K11" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
-        <v>89</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
         <v>92</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" t="s">
         <v>93</v>
       </c>
-      <c r="C12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F12" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H12">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
         <v>95</v>
       </c>
-      <c r="K12" t="s">
-[...2 lines deleted...]
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
       <c r="M12" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="N12" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O12" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>67</v>
+        <v>102</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H13">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>62</v>
+        <v>37</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="P13" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B14" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C14" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="H14">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I14">
         <v>2023</v>
       </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>106</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="P14" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C15" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15">
         <v>2023</v>
       </c>
-      <c r="I15"/>
       <c r="J15" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="P15" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C16" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>114</v>
+        <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="H16">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17">
         <v>2024</v>
       </c>
-      <c r="I17">
-[...1 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="P17" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B18" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
-      <c r="H18">
-[...2 lines deleted...]
-      <c r="I18"/>
+      <c r="H18"/>
+      <c r="I18">
+        <v>2024</v>
+      </c>
       <c r="J18" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="P18" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B19" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C19" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H19">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>127</v>
+        <v>108</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>38</v>
+        <v>113</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P19" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>131</v>
       </c>
       <c r="B20" t="s">
         <v>132</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>118</v>
+        <v>133</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="G20" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="H20"/>
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>23</v>
+        <v>134</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>135</v>
+      </c>
       <c r="M20" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="P20" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B21" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="G21" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="P21" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B22" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="G22" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="P22" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="B23" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C23" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>142</v>
+        <v>84</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G23" t="s">
-        <v>105</v>
-[...6 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>143</v>
+        <v>35</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>62</v>
+        <v>37</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P23" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>147</v>
       </c>
       <c r="B24" t="s">
         <v>148</v>
       </c>
       <c r="C24" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>149</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>150</v>
       </c>
       <c r="M24" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>151</v>
       </c>
       <c r="P24" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>153</v>
       </c>
       <c r="B25" t="s">
         <v>154</v>
       </c>
       <c r="C25" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H25">
         <v>2021</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M25" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P25" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B26" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C26" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H26">
         <v>2021</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M26" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P26" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B27" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C27" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>105</v>
+        <v>168</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M27" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="P27" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B28" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C28" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H28">
         <v>2021</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="P28" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B29" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C29" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29">
         <v>2018</v>
       </c>
       <c r="J29" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="M29" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="P29" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B30" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C30" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G30" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2013</v>
       </c>
       <c r="I30">
         <v>2016</v>
       </c>
       <c r="J30" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="M30" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="P30" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B31" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C31" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D31" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E31" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="F31" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H31">
         <v>2017</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="P31" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B32" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C32" t="s">
-        <v>193</v>
+        <v>42</v>
       </c>
       <c r="D32" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H32">
         <v>2024</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="M32" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P32" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B33" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C33" t="s">
-        <v>193</v>
+        <v>42</v>
       </c>
       <c r="D33" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H33">
         <v>2024</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="M33" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P33" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="B34" t="s">
         <v>207</v>
       </c>
+      <c r="B34"/>
       <c r="C34" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D34" t="s">
-        <v>118</v>
+        <v>33</v>
       </c>
       <c r="E34" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>183</v>
+        <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>105</v>
+        <v>196</v>
       </c>
       <c r="H34">
         <v>2017</v>
       </c>
-      <c r="I34">
-[...1 lines deleted...]
-      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>86</v>
+        <v>208</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>38</v>
+        <v>199</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P34" t="s">
-        <v>130</v>
+        <v>201</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B35" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C35" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D35" t="s">
-        <v>211</v>
+        <v>125</v>
       </c>
       <c r="E35" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="F35" t="s">
-        <v>212</v>
+        <v>185</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
+      </c>
+      <c r="J35" t="s">
+        <v>94</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>48</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>212</v>
+      </c>
+      <c r="P35" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>213</v>
+      </c>
+      <c r="B36" t="s">
+        <v>214</v>
+      </c>
+      <c r="C36" t="s">
+        <v>42</v>
+      </c>
+      <c r="D36" t="s">
+        <v>215</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>216</v>
+      </c>
+      <c r="G36" t="s">
+        <v>34</v>
+      </c>
+      <c r="H36">
         <v>2018</v>
       </c>
-      <c r="I35"/>
-[...19 lines deleted...]
-        <v>216</v>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>94</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>217</v>
+      </c>
+      <c r="M36" t="s">
+        <v>218</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>219</v>
+      </c>
+      <c r="P36" t="s">
+        <v>220</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">