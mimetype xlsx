--- v0 (2025-10-13)
+++ v1 (2026-02-05)
@@ -12,486 +12,593 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
   </si>
   <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...7 lines deleted...]
-  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
+  </si>
+  <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -755,863 +862,974 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>46</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>44</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
-      </c>
-[...114 lines deleted...]
-        <v>40</v>
       </c>
       <c r="N5" t="s">
         <v>46</v>
       </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2017</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>44</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>46</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2024</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>44</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>45</v>
+      </c>
+      <c r="N7" t="s">
+        <v>46</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
+        <v>76</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>45</v>
+      </c>
+      <c r="N8" t="s">
+        <v>77</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>83</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>44</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>46</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>68</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2024</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>44</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>46</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" t="s">
+        <v>83</v>
+      </c>
+      <c r="G11" t="s">
+        <v>96</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>44</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>46</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>100</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>101</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>44</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>46</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>68</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>69</v>
+      </c>
+      <c r="K13" t="s">
+        <v>44</v>
+      </c>
+      <c r="L13" t="s">
+        <v>108</v>
+      </c>
+      <c r="M13" t="s">
+        <v>45</v>
+      </c>
+      <c r="N13" t="s">
+        <v>46</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>113</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>68</v>
+      </c>
+      <c r="G14" t="s">
+        <v>96</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>69</v>
+      </c>
+      <c r="K14" t="s">
+        <v>44</v>
+      </c>
+      <c r="L14" t="s">
+        <v>114</v>
+      </c>
+      <c r="M14" t="s">
+        <v>45</v>
+      </c>
+      <c r="N14" t="s">
+        <v>46</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>68</v>
+      </c>
+      <c r="G15" t="s">
+        <v>96</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15">
+        <v>2024</v>
+      </c>
+      <c r="J15" t="s">
+        <v>69</v>
+      </c>
+      <c r="K15" t="s">
+        <v>44</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>45</v>
+      </c>
+      <c r="N15" t="s">
+        <v>46</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" t="s">
+        <v>125</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>68</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
+        <v>2024</v>
+      </c>
+      <c r="J16" t="s">
+        <v>69</v>
+      </c>
+      <c r="K16" t="s">
+        <v>44</v>
+      </c>
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
+        <v>45</v>
+      </c>
+      <c r="N16" t="s">
+        <v>46</v>
+      </c>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>131</v>
+      </c>
+      <c r="E17" t="s">
+        <v>59</v>
+      </c>
+      <c r="F17" t="s">
+        <v>132</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>61</v>
+      </c>
+      <c r="K17" t="s">
+        <v>44</v>
+      </c>
+      <c r="L17" t="s">
+        <v>133</v>
+      </c>
+      <c r="M17" t="s">
+        <v>45</v>
+      </c>
+      <c r="N17" t="s">
+        <v>46</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
+        <v>138</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2019</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>45</v>
+      </c>
+      <c r="N18" t="s">
         <v>38</v>
       </c>
-      <c r="K6" t="s">
-[...513 lines deleted...]
-        <v>107</v>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>