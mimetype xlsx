--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="384">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="386">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -351,53 +351,50 @@
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -436,50 +433,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
@@ -1605,51 +1611,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P61"/>
+  <dimension ref="A1:P62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2223,2431 +2229,2475 @@
       <c r="K12" t="s">
         <v>37</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
         <v>107</v>
       </c>
       <c r="P12" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>108</v>
       </c>
       <c r="B13" t="s">
         <v>109</v>
       </c>
       <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H13">
         <v>2024</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="K13" t="s">
         <v>37</v>
       </c>
       <c r="L13" t="s">
+        <v>113</v>
+      </c>
+      <c r="M13" t="s">
         <v>114</v>
       </c>
-      <c r="M13" t="s">
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
         <v>115</v>
       </c>
-      <c r="N13" t="s">
-[...2 lines deleted...]
-      <c r="O13" t="s">
+      <c r="P13" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
         <v>118</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2024</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="K14" t="s">
         <v>37</v>
       </c>
       <c r="L14" t="s">
+        <v>120</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
         <v>121</v>
       </c>
-      <c r="M14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P14" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="B15"/>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>125</v>
+        <v>71</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>106</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
-        <v>57</v>
+        <v>111</v>
       </c>
       <c r="H15">
         <v>2017</v>
       </c>
-      <c r="I15">
-[...1 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>46</v>
+        <v>123</v>
       </c>
       <c r="K15" t="s">
         <v>37</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>26</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="P15" t="s">
-        <v>93</v>
+        <v>116</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B16" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F16" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="H16">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
       <c r="J16" t="s">
         <v>46</v>
       </c>
       <c r="K16" t="s">
         <v>37</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="P16" t="s">
-        <v>134</v>
+        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="B17" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="E17" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>56</v>
+        <v>132</v>
       </c>
       <c r="G17" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>97</v>
+        <v>46</v>
       </c>
       <c r="K17" t="s">
         <v>37</v>
       </c>
       <c r="L17" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="M17" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="N17" t="s">
         <v>38</v>
       </c>
       <c r="O17" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="P17" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B18" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
         <v>54</v>
       </c>
       <c r="D18" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="E18" t="s">
         <v>33</v>
       </c>
       <c r="F18" t="s">
         <v>56</v>
       </c>
       <c r="G18" t="s">
         <v>57</v>
       </c>
       <c r="H18">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="I18">
         <v>2020</v>
       </c>
       <c r="J18" t="s">
-        <v>145</v>
+        <v>97</v>
       </c>
       <c r="K18" t="s">
         <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="M18" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="N18" t="s">
         <v>38</v>
       </c>
       <c r="O18" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="P18" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="B19" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="E19" t="s">
         <v>33</v>
       </c>
       <c r="F19" t="s">
         <v>56</v>
       </c>
       <c r="G19" t="s">
         <v>57</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19">
         <v>2020</v>
       </c>
       <c r="J19" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="K19" t="s">
-        <v>153</v>
+        <v>37</v>
       </c>
       <c r="L19" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="M19" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="N19" t="s">
         <v>38</v>
       </c>
       <c r="O19" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="P19" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B20" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="E20" t="s">
         <v>33</v>
       </c>
       <c r="F20" t="s">
         <v>56</v>
       </c>
       <c r="G20" t="s">
         <v>57</v>
       </c>
       <c r="H20">
-        <v>2001</v>
+        <v>2013</v>
       </c>
       <c r="I20">
         <v>2020</v>
       </c>
       <c r="J20" t="s">
-        <v>97</v>
+        <v>147</v>
       </c>
       <c r="K20" t="s">
-        <v>37</v>
+        <v>155</v>
       </c>
       <c r="L20" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="M20" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="N20" t="s">
         <v>38</v>
       </c>
       <c r="O20" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="P20" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B21" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="E21" t="s">
         <v>33</v>
       </c>
       <c r="F21" t="s">
         <v>56</v>
       </c>
       <c r="G21" t="s">
         <v>57</v>
       </c>
       <c r="H21">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="I21">
         <v>2020</v>
       </c>
       <c r="J21" t="s">
         <v>97</v>
       </c>
       <c r="K21" t="s">
         <v>37</v>
       </c>
       <c r="L21" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="M21" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="N21" t="s">
         <v>38</v>
       </c>
       <c r="O21" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="P21" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="B22" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C22" t="s">
         <v>54</v>
       </c>
       <c r="D22" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="E22" t="s">
         <v>33</v>
       </c>
       <c r="F22" t="s">
         <v>56</v>
       </c>
       <c r="G22" t="s">
         <v>57</v>
       </c>
       <c r="H22">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="I22">
         <v>2020</v>
       </c>
       <c r="J22" t="s">
-        <v>145</v>
+        <v>97</v>
       </c>
       <c r="K22" t="s">
         <v>37</v>
       </c>
       <c r="L22" t="s">
-        <v>138</v>
+        <v>168</v>
       </c>
       <c r="M22" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="N22" t="s">
         <v>38</v>
       </c>
       <c r="O22" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="P22" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B23" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C23" t="s">
         <v>54</v>
       </c>
       <c r="D23" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="E23" t="s">
         <v>33</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23" t="s">
         <v>57</v>
       </c>
       <c r="H23">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="I23">
         <v>2020</v>
       </c>
       <c r="J23" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="K23" t="s">
-        <v>153</v>
+        <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>177</v>
+        <v>140</v>
       </c>
       <c r="M23" t="s">
-        <v>60</v>
+        <v>141</v>
       </c>
       <c r="N23" t="s">
         <v>38</v>
       </c>
       <c r="O23" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="P23" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="B24" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C24" t="s">
         <v>54</v>
       </c>
       <c r="D24" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="E24" t="s">
         <v>33</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I24">
         <v>2020</v>
       </c>
       <c r="J24" t="s">
         <v>58</v>
       </c>
       <c r="K24" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="L24"/>
+        <v>155</v>
+      </c>
+      <c r="L24" t="s">
+        <v>179</v>
+      </c>
       <c r="M24" t="s">
         <v>60</v>
       </c>
       <c r="N24" t="s">
         <v>38</v>
       </c>
       <c r="O24" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="P24" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B25" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C25" t="s">
         <v>54</v>
       </c>
       <c r="D25" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="E25" t="s">
         <v>33</v>
       </c>
       <c r="F25" t="s">
         <v>56</v>
       </c>
       <c r="G25" t="s">
         <v>57</v>
       </c>
       <c r="H25">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I25">
         <v>2020</v>
       </c>
       <c r="J25" t="s">
         <v>58</v>
       </c>
       <c r="K25" t="s">
         <v>37</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
         <v>60</v>
       </c>
       <c r="N25" t="s">
-        <v>100</v>
+        <v>38</v>
       </c>
       <c r="O25" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="P25" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="B26" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C26" t="s">
         <v>54</v>
       </c>
       <c r="D26" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="E26" t="s">
         <v>33</v>
       </c>
       <c r="F26" t="s">
         <v>56</v>
       </c>
       <c r="G26" t="s">
         <v>57</v>
       </c>
       <c r="H26">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="I26">
         <v>2020</v>
       </c>
       <c r="J26" t="s">
-        <v>145</v>
+        <v>58</v>
       </c>
       <c r="K26" t="s">
         <v>37</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>190</v>
+      </c>
       <c r="M26" t="s">
-        <v>139</v>
+        <v>60</v>
       </c>
       <c r="N26" t="s">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="O26" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="P26" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B27" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C27" t="s">
         <v>54</v>
       </c>
       <c r="D27" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E27" t="s">
         <v>33</v>
       </c>
       <c r="F27" t="s">
         <v>56</v>
       </c>
       <c r="G27" t="s">
         <v>57</v>
       </c>
       <c r="H27">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="I27">
         <v>2020</v>
       </c>
       <c r="J27" t="s">
-        <v>97</v>
+        <v>147</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="N27" t="s">
         <v>38</v>
       </c>
       <c r="O27" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="P27" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B28" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C28" t="s">
         <v>54</v>
       </c>
       <c r="D28" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="E28" t="s">
         <v>33</v>
       </c>
       <c r="F28" t="s">
         <v>56</v>
       </c>
       <c r="G28" t="s">
         <v>57</v>
       </c>
       <c r="H28">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="I28">
         <v>2020</v>
       </c>
       <c r="J28" t="s">
         <v>97</v>
       </c>
       <c r="K28" t="s">
         <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="M28" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="N28" t="s">
         <v>38</v>
       </c>
       <c r="O28" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="P28" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C29" t="s">
         <v>54</v>
       </c>
       <c r="D29" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="E29" t="s">
         <v>33</v>
       </c>
       <c r="F29" t="s">
         <v>56</v>
       </c>
       <c r="G29" t="s">
         <v>57</v>
       </c>
       <c r="H29">
-        <v>2001</v>
+        <v>2014</v>
       </c>
       <c r="I29">
         <v>2020</v>
       </c>
       <c r="J29" t="s">
-        <v>145</v>
+        <v>97</v>
       </c>
       <c r="K29" t="s">
         <v>37</v>
       </c>
       <c r="L29" t="s">
-        <v>138</v>
+        <v>207</v>
       </c>
       <c r="M29" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="N29" t="s">
         <v>38</v>
       </c>
       <c r="O29" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="P29" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="B30" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C30" t="s">
         <v>54</v>
       </c>
       <c r="D30" t="s">
-        <v>198</v>
+        <v>173</v>
       </c>
       <c r="E30" t="s">
         <v>33</v>
       </c>
       <c r="F30" t="s">
         <v>56</v>
       </c>
       <c r="G30" t="s">
         <v>57</v>
       </c>
       <c r="H30">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="I30">
         <v>2020</v>
       </c>
       <c r="J30" t="s">
-        <v>97</v>
+        <v>147</v>
       </c>
       <c r="K30" t="s">
         <v>37</v>
       </c>
       <c r="L30" t="s">
-        <v>214</v>
+        <v>140</v>
       </c>
       <c r="M30" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="N30" t="s">
         <v>38</v>
       </c>
       <c r="O30" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="P30" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B31" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C31" t="s">
         <v>54</v>
       </c>
       <c r="D31" t="s">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="E31" t="s">
         <v>33</v>
       </c>
       <c r="F31" t="s">
         <v>56</v>
       </c>
       <c r="G31" t="s">
         <v>57</v>
       </c>
       <c r="H31">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="I31">
         <v>2020</v>
       </c>
       <c r="J31" t="s">
-        <v>145</v>
+        <v>97</v>
       </c>
       <c r="K31" t="s">
         <v>37</v>
       </c>
       <c r="L31" t="s">
-        <v>138</v>
+        <v>216</v>
       </c>
       <c r="M31" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="N31" t="s">
         <v>38</v>
       </c>
       <c r="O31" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="P31" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B32" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C32" t="s">
         <v>54</v>
       </c>
       <c r="D32" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E32" t="s">
         <v>33</v>
       </c>
       <c r="F32" t="s">
         <v>56</v>
       </c>
       <c r="G32" t="s">
         <v>57</v>
       </c>
       <c r="H32">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="I32">
         <v>2020</v>
       </c>
       <c r="J32" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="K32" t="s">
         <v>37</v>
       </c>
       <c r="L32" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="M32" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="N32" t="s">
         <v>38</v>
       </c>
       <c r="O32" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="P32" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B33" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C33" t="s">
-        <v>227</v>
+        <v>54</v>
       </c>
       <c r="D33" t="s">
-        <v>228</v>
+        <v>173</v>
       </c>
       <c r="E33" t="s">
         <v>33</v>
       </c>
       <c r="F33" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="H33">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I33"/>
+        <v>2002</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
       <c r="J33" t="s">
-        <v>229</v>
+        <v>147</v>
       </c>
       <c r="K33" t="s">
         <v>37</v>
       </c>
       <c r="L33" t="s">
-        <v>230</v>
+        <v>140</v>
       </c>
       <c r="M33" t="s">
-        <v>231</v>
+        <v>141</v>
       </c>
       <c r="N33" t="s">
         <v>38</v>
       </c>
       <c r="O33" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="P33"/>
+        <v>225</v>
+      </c>
+      <c r="P33" t="s">
+        <v>226</v>
+      </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>227</v>
+      </c>
+      <c r="B34" t="s">
+        <v>228</v>
+      </c>
+      <c r="C34" t="s">
+        <v>229</v>
+      </c>
+      <c r="D34" t="s">
+        <v>230</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>45</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2021</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>231</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34" t="s">
+        <v>232</v>
+      </c>
+      <c r="M34" t="s">
         <v>233</v>
       </c>
-      <c r="B34" t="s">
+      <c r="N34" t="s">
+        <v>38</v>
+      </c>
+      <c r="O34" t="s">
         <v>234</v>
       </c>
-      <c r="C34" t="s">
-[...40 lines deleted...]
-      </c>
+      <c r="P34"/>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="B35" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="C35" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D35" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="E35" t="s">
         <v>33</v>
       </c>
       <c r="F35" t="s">
-        <v>45</v>
+        <v>106</v>
       </c>
       <c r="G35" t="s">
         <v>57</v>
       </c>
       <c r="H35">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="I35">
         <v>2015</v>
       </c>
       <c r="J35" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="K35" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="L35" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="M35" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N35" t="s">
         <v>38</v>
       </c>
       <c r="O35" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="P35" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>243</v>
+      </c>
+      <c r="B36" t="s">
+        <v>244</v>
+      </c>
+      <c r="C36" t="s">
+        <v>229</v>
+      </c>
+      <c r="D36" t="s">
+        <v>237</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>45</v>
+      </c>
+      <c r="G36" t="s">
+        <v>57</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36">
+        <v>2015</v>
+      </c>
+      <c r="J36" t="s">
+        <v>238</v>
+      </c>
+      <c r="K36" t="s">
+        <v>239</v>
+      </c>
+      <c r="L36" t="s">
         <v>245</v>
       </c>
-      <c r="B36" t="s">
+      <c r="M36" t="s">
+        <v>233</v>
+      </c>
+      <c r="N36" t="s">
+        <v>38</v>
+      </c>
+      <c r="O36" t="s">
         <v>246</v>
       </c>
-      <c r="C36" t="s">
-[...35 lines deleted...]
-      </c>
       <c r="P36" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B37" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C37" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D37" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="E37" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F37" t="s">
         <v>106</v>
       </c>
       <c r="G37" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="H37">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="K37" t="s">
-        <v>237</v>
+        <v>37</v>
       </c>
       <c r="L37" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="M37" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N37" t="s">
         <v>38</v>
       </c>
       <c r="O37" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="P37" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B38" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C38" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D38" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E38" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>45</v>
+        <v>106</v>
       </c>
       <c r="G38" t="s">
         <v>57</v>
       </c>
       <c r="H38">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="I38">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="J38" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K38" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="L38" t="s">
+        <v>256</v>
+      </c>
+      <c r="M38" t="s">
+        <v>233</v>
+      </c>
+      <c r="N38" t="s">
+        <v>38</v>
+      </c>
+      <c r="O38" t="s">
+        <v>257</v>
+      </c>
+      <c r="P38" t="s">
         <v>258</v>
-      </c>
-[...10 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="B39" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C39" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D39" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="E39" t="s">
         <v>33</v>
       </c>
       <c r="F39" t="s">
         <v>45</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="H39">
         <v>2015</v>
       </c>
-      <c r="I39"/>
+      <c r="I39">
+        <v>2017</v>
+      </c>
       <c r="J39" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K39" t="s">
-        <v>37</v>
+        <v>239</v>
       </c>
       <c r="L39" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="M39" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N39" t="s">
         <v>38</v>
       </c>
       <c r="O39" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="P39" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="B40" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C40" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D40" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E40" t="s">
         <v>33</v>
       </c>
       <c r="F40" t="s">
-        <v>106</v>
+        <v>45</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2015</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="K40" t="s">
         <v>37</v>
       </c>
       <c r="L40" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="M40" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N40" t="s">
         <v>38</v>
       </c>
       <c r="O40" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="P40" t="s">
-        <v>269</v>
+        <v>258</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="B41" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="C41" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D41" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="E41" t="s">
         <v>33</v>
       </c>
       <c r="F41" t="s">
-        <v>45</v>
+        <v>106</v>
       </c>
       <c r="G41" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="H41">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="K41" t="s">
         <v>37</v>
       </c>
       <c r="L41" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="M41" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N41" t="s">
         <v>38</v>
       </c>
       <c r="O41" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="P41" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="B42" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="C42" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D42" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="E42" t="s">
         <v>33</v>
       </c>
       <c r="F42" t="s">
-        <v>106</v>
+        <v>45</v>
       </c>
       <c r="G42" t="s">
         <v>57</v>
       </c>
       <c r="H42">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="I42">
         <v>2021</v>
       </c>
       <c r="J42" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K42" t="s">
         <v>37</v>
       </c>
       <c r="L42" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="M42" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N42" t="s">
         <v>38</v>
       </c>
       <c r="O42" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="P42" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="B43" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="C43" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D43" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="E43" t="s">
         <v>33</v>
       </c>
       <c r="F43" t="s">
         <v>106</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="H43">
+        <v>2002</v>
+      </c>
+      <c r="I43">
         <v>2021</v>
       </c>
-      <c r="I43"/>
       <c r="J43" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K43" t="s">
         <v>37</v>
       </c>
       <c r="L43" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="M43" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N43" t="s">
         <v>38</v>
       </c>
       <c r="O43" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="P43" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="B44" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="C44" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D44" t="s">
-        <v>193</v>
+        <v>286</v>
       </c>
       <c r="E44" t="s">
         <v>33</v>
       </c>
       <c r="F44" t="s">
         <v>106</v>
       </c>
       <c r="G44" t="s">
-        <v>290</v>
+        <v>22</v>
       </c>
       <c r="H44">
         <v>2021</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K44" t="s">
         <v>37</v>
       </c>
       <c r="L44" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="M44" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N44" t="s">
         <v>38</v>
       </c>
       <c r="O44" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="P44" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B45" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="C45" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D45" t="s">
-        <v>83</v>
+        <v>195</v>
       </c>
       <c r="E45" t="s">
         <v>33</v>
       </c>
       <c r="F45" t="s">
-        <v>45</v>
+        <v>106</v>
       </c>
       <c r="G45" t="s">
-        <v>57</v>
+        <v>292</v>
       </c>
       <c r="H45">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I45">
         <v>2021</v>
       </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K45" t="s">
         <v>37</v>
       </c>
       <c r="L45" t="s">
-        <v>273</v>
+        <v>293</v>
       </c>
       <c r="M45" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N45" t="s">
         <v>38</v>
       </c>
       <c r="O45" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="P45" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="B46" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C46" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D46" t="s">
-        <v>278</v>
+        <v>83</v>
       </c>
       <c r="E46" t="s">
         <v>33</v>
       </c>
       <c r="F46" t="s">
         <v>45</v>
       </c>
       <c r="G46" t="s">
         <v>57</v>
       </c>
       <c r="H46">
         <v>2011</v>
       </c>
       <c r="I46">
         <v>2021</v>
       </c>
       <c r="J46" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K46" t="s">
         <v>37</v>
       </c>
       <c r="L46" t="s">
-        <v>300</v>
+        <v>275</v>
       </c>
       <c r="M46" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N46" t="s">
         <v>38</v>
       </c>
       <c r="O46" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="P46" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B47" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C47" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D47" t="s">
-        <v>305</v>
+        <v>280</v>
       </c>
       <c r="E47" t="s">
         <v>33</v>
       </c>
       <c r="F47" t="s">
         <v>45</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="H47">
+        <v>2011</v>
+      </c>
+      <c r="I47">
         <v>2021</v>
       </c>
-      <c r="I47"/>
       <c r="J47" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K47" t="s">
         <v>37</v>
       </c>
       <c r="L47" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="M47" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N47" t="s">
         <v>38</v>
       </c>
       <c r="O47" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="P47" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B48" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C48" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D48" t="s">
-        <v>193</v>
+        <v>307</v>
       </c>
       <c r="E48" t="s">
         <v>33</v>
       </c>
       <c r="F48" t="s">
-        <v>311</v>
+        <v>45</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2021</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K48" t="s">
         <v>37</v>
       </c>
       <c r="L48" t="s">
-        <v>291</v>
+        <v>308</v>
       </c>
       <c r="M48" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N48" t="s">
         <v>38</v>
       </c>
       <c r="O48" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="P48" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="B49" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C49" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D49" t="s">
-        <v>272</v>
+        <v>195</v>
       </c>
       <c r="E49" t="s">
         <v>33</v>
       </c>
       <c r="F49" t="s">
-        <v>106</v>
+        <v>313</v>
       </c>
       <c r="G49" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="H49">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I49">
         <v>2021</v>
       </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K49" t="s">
         <v>37</v>
       </c>
       <c r="L49" t="s">
-        <v>316</v>
+        <v>293</v>
       </c>
       <c r="M49" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N49" t="s">
         <v>38</v>
       </c>
       <c r="O49" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="P49" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="B50" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="C50" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D50" t="s">
-        <v>83</v>
+        <v>274</v>
       </c>
       <c r="E50" t="s">
         <v>33</v>
       </c>
       <c r="F50" t="s">
         <v>106</v>
       </c>
       <c r="G50" t="s">
         <v>57</v>
       </c>
       <c r="H50">
         <v>2002</v>
       </c>
       <c r="I50">
         <v>2021</v>
       </c>
       <c r="J50" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K50" t="s">
         <v>37</v>
       </c>
       <c r="L50" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="M50" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N50" t="s">
         <v>38</v>
       </c>
       <c r="O50" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="P50" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B51" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C51" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D51" t="s">
-        <v>326</v>
+        <v>83</v>
       </c>
       <c r="E51" t="s">
         <v>33</v>
       </c>
       <c r="F51" t="s">
         <v>106</v>
       </c>
       <c r="G51" t="s">
         <v>57</v>
       </c>
       <c r="H51">
         <v>2002</v>
       </c>
       <c r="I51">
         <v>2021</v>
       </c>
       <c r="J51" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K51" t="s">
         <v>37</v>
       </c>
       <c r="L51" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="M51" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N51" t="s">
         <v>38</v>
       </c>
       <c r="O51" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="P51" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B52" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="C52" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D52" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="E52" t="s">
         <v>33</v>
       </c>
       <c r="F52" t="s">
-        <v>45</v>
+        <v>106</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="H52">
+        <v>2002</v>
+      </c>
+      <c r="I52">
         <v>2021</v>
       </c>
-      <c r="I52"/>
       <c r="J52" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K52" t="s">
         <v>37</v>
       </c>
       <c r="L52" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="M52" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N52" t="s">
         <v>38</v>
       </c>
       <c r="O52" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="P52"/>
+        <v>330</v>
+      </c>
+      <c r="P52" t="s">
+        <v>331</v>
+      </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B53" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C53" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D53" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="E53" t="s">
         <v>33</v>
       </c>
       <c r="F53" t="s">
         <v>45</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2021</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K53" t="s">
         <v>37</v>
       </c>
       <c r="L53" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="M53" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N53" t="s">
         <v>38</v>
       </c>
       <c r="O53" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="P53"/>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="B54" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C54" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D54" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="E54" t="s">
         <v>33</v>
       </c>
       <c r="F54" t="s">
-        <v>106</v>
+        <v>45</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K54" t="s">
-        <v>339</v>
+        <v>37</v>
       </c>
       <c r="L54" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="M54" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N54" t="s">
         <v>38</v>
       </c>
       <c r="O54" t="s">
-        <v>341</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="P54"/>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="B55" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="C55" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D55" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="E55" t="s">
         <v>33</v>
       </c>
       <c r="F55" t="s">
         <v>106</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2022</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K55" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="L55"/>
+        <v>341</v>
+      </c>
+      <c r="L55" t="s">
+        <v>342</v>
+      </c>
       <c r="M55" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N55" t="s">
         <v>38</v>
       </c>
       <c r="O55" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="P55" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="B56" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C56" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D56" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="E56" t="s">
         <v>33</v>
       </c>
       <c r="F56" t="s">
-        <v>45</v>
+        <v>106</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2022</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K56" t="s">
-        <v>351</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="L56"/>
       <c r="M56" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N56" t="s">
         <v>38</v>
       </c>
       <c r="O56" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="P56" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="B57" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="C57" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D57" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="E57" t="s">
         <v>33</v>
       </c>
       <c r="F57" t="s">
         <v>45</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2022</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K57" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="L57" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="M57" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N57" t="s">
         <v>38</v>
       </c>
       <c r="O57" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="P57" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B58" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C58" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D58" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="E58" t="s">
         <v>33</v>
       </c>
       <c r="F58" t="s">
         <v>45</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2022</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K58" t="s">
-        <v>37</v>
+        <v>359</v>
       </c>
       <c r="L58" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="M58" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N58" t="s">
         <v>38</v>
       </c>
       <c r="O58" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="P58" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="B59" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="C59" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D59" t="s">
-        <v>368</v>
+        <v>347</v>
       </c>
       <c r="E59" t="s">
         <v>33</v>
       </c>
       <c r="F59" t="s">
-        <v>369</v>
+        <v>45</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2008</v>
+        <v>2022</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="K59" t="s">
-        <v>370</v>
+        <v>37</v>
       </c>
       <c r="L59" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="M59" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N59" t="s">
         <v>38</v>
       </c>
       <c r="O59" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="P59" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
+        <v>368</v>
+      </c>
+      <c r="B60" t="s">
+        <v>369</v>
+      </c>
+      <c r="C60" t="s">
+        <v>229</v>
+      </c>
+      <c r="D60" t="s">
+        <v>370</v>
+      </c>
+      <c r="E60" t="s">
+        <v>33</v>
+      </c>
+      <c r="F60" t="s">
+        <v>371</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2008</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>238</v>
+      </c>
+      <c r="K60" t="s">
+        <v>372</v>
+      </c>
+      <c r="L60" t="s">
+        <v>373</v>
+      </c>
+      <c r="M60" t="s">
+        <v>233</v>
+      </c>
+      <c r="N60" t="s">
+        <v>38</v>
+      </c>
+      <c r="O60" t="s">
         <v>374</v>
       </c>
-      <c r="B60" t="s">
+      <c r="P60" t="s">
         <v>375</v>
-      </c>
-[...40 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="B61" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="C61" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D61" t="s">
-        <v>381</v>
+        <v>77</v>
       </c>
       <c r="E61" t="s">
         <v>33</v>
       </c>
       <c r="F61" t="s">
-        <v>45</v>
+        <v>106</v>
       </c>
       <c r="G61" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-      <c r="I61"/>
+        <v>57</v>
+      </c>
+      <c r="H61">
+        <v>2012</v>
+      </c>
+      <c r="I61">
+        <v>2015</v>
+      </c>
       <c r="J61" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="K61" t="s">
         <v>37</v>
       </c>
-      <c r="L61"/>
+      <c r="L61" t="s">
+        <v>378</v>
+      </c>
       <c r="M61" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N61" t="s">
+        <v>38</v>
+      </c>
+      <c r="O61" t="s">
+        <v>379</v>
+      </c>
+      <c r="P61" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>381</v>
+      </c>
+      <c r="B62" t="s">
         <v>382</v>
       </c>
-      <c r="O61" t="s">
+      <c r="C62" t="s">
+        <v>229</v>
+      </c>
+      <c r="D62" t="s">
         <v>383</v>
       </c>
-      <c r="P61"/>
+      <c r="E62" t="s">
+        <v>33</v>
+      </c>
+      <c r="F62" t="s">
+        <v>45</v>
+      </c>
+      <c r="G62" t="s">
+        <v>35</v>
+      </c>
+      <c r="H62"/>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>238</v>
+      </c>
+      <c r="K62" t="s">
+        <v>37</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>233</v>
+      </c>
+      <c r="N62" t="s">
+        <v>384</v>
+      </c>
+      <c r="O62" t="s">
+        <v>385</v>
+      </c>
+      <c r="P62"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>