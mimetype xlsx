--- v0 (2025-12-12)
+++ v1 (2026-02-22)
@@ -3187,51 +3187,51 @@
       </c>
       <c r="P32" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>226</v>
       </c>
       <c r="B33" t="s">
         <v>227</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>228</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>50</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H33">
         <v>2021</v>
       </c>
       <c r="I33">
         <v>2024</v>
       </c>
       <c r="J33" t="s">
         <v>229</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
         <v>230</v>
       </c>
       <c r="M33" t="s">
         <v>25</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
         <v>231</v>
       </c>