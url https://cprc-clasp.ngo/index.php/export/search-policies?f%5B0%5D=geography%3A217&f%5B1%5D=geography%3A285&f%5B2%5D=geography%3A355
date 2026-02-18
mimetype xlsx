--- v0 (2025-12-11)
+++ v1 (2026-02-18)
@@ -2106,51 +2106,51 @@
       </c>
       <c r="P12" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>107</v>
       </c>
       <c r="B13" t="s">
         <v>108</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>109</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>50</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H13">
         <v>2021</v>
       </c>
       <c r="I13">
         <v>2024</v>
       </c>
       <c r="J13" t="s">
         <v>110</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>111</v>
       </c>
       <c r="M13" t="s">
         <v>25</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
         <v>112</v>
       </c>