--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,486 +12,634 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
   </si>
   <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
@@ -499,89 +647,93 @@
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
+  </si>
+  <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -845,1141 +997,1330 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="192.239" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G3">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
         <v>2023</v>
       </c>
-      <c r="H3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3"/>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
         <v>32</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>34</v>
       </c>
-      <c r="N3" t="s">
-[...23 lines deleted...]
-        <v>2023</v>
+      <c r="G4" t="s">
+        <v>45</v>
       </c>
       <c r="H4">
         <v>2023</v>
       </c>
-      <c r="I4" t="s">
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
         <v>39</v>
       </c>
-      <c r="J4" t="s">
-[...2 lines deleted...]
-      <c r="K4" t="s">
+      <c r="N4" t="s">
         <v>40</v>
       </c>
-      <c r="L4" t="s">
-[...2 lines deleted...]
-      <c r="M4" t="s">
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>34</v>
       </c>
-      <c r="N4" t="s">
-[...22 lines deleted...]
-      <c r="G5">
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
         <v>2009</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2024</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
         <v>39</v>
       </c>
-      <c r="J5" t="s">
-[...8 lines deleted...]
-      <c r="M5" t="s">
+      <c r="N5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>34</v>
       </c>
-      <c r="N5" t="s">
+      <c r="G6" t="s">
         <v>45</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" t="s">
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
         <v>46</v>
       </c>
-      <c r="B6" t="s">
-[...14 lines deleted...]
-      <c r="G6">
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>39</v>
+      </c>
+      <c r="N6" t="s">
+        <v>40</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>39</v>
+      </c>
+      <c r="N7" t="s">
+        <v>40</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8">
         <v>2009</v>
       </c>
-      <c r="H6">
+      <c r="I8">
+        <v>2023</v>
+      </c>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>39</v>
+      </c>
+      <c r="N8" t="s">
+        <v>40</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>78</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>80</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>39</v>
+      </c>
+      <c r="N9" t="s">
+        <v>82</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10">
+        <v>2006</v>
+      </c>
+      <c r="I10">
         <v>2024</v>
       </c>
-      <c r="I6" t="s">
+      <c r="J10" t="s">
+        <v>46</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
         <v>39</v>
       </c>
-      <c r="J6" t="s">
-[...8 lines deleted...]
-      <c r="M6" t="s">
+      <c r="N10" t="s">
+        <v>40</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>34</v>
       </c>
-      <c r="N6" t="s">
-[...22 lines deleted...]
-      <c r="G7">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2023</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>39</v>
+      </c>
+      <c r="N11" t="s">
+        <v>40</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>45</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2022</v>
+      </c>
+      <c r="J12" t="s">
+        <v>65</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>39</v>
+      </c>
+      <c r="N12" t="s">
+        <v>40</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
         <v>2007</v>
       </c>
-      <c r="H7">
-[...14 lines deleted...]
-      <c r="M7" t="s">
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>46</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
+      <c r="M13" t="s">
+        <v>39</v>
+      </c>
+      <c r="N13" t="s">
+        <v>40</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G14" t="s">
+        <v>8</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14">
+        <v>2025</v>
+      </c>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>39</v>
+      </c>
+      <c r="N14" t="s">
+        <v>40</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>99</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>34</v>
       </c>
-      <c r="N7" t="s">
-[...22 lines deleted...]
-      <c r="G8">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15">
+        <v>2022</v>
+      </c>
+      <c r="J15" t="s">
+        <v>65</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" t="s">
+        <v>39</v>
+      </c>
+      <c r="N15" t="s">
+        <v>40</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>121</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>45</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16">
+        <v>2023</v>
+      </c>
+      <c r="J16" t="s">
+        <v>122</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
+        <v>39</v>
+      </c>
+      <c r="N16" t="s">
+        <v>40</v>
+      </c>
+      <c r="O16" t="s">
+        <v>124</v>
+      </c>
+      <c r="P16" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>128</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17">
         <v>2009</v>
       </c>
-      <c r="H8">
+      <c r="I17">
+        <v>2022</v>
+      </c>
+      <c r="J17" t="s">
+        <v>46</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>129</v>
+      </c>
+      <c r="M17" t="s">
+        <v>39</v>
+      </c>
+      <c r="N17" t="s">
+        <v>40</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>134</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>45</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18">
+        <v>2018</v>
+      </c>
+      <c r="J18" t="s">
+        <v>65</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>135</v>
+      </c>
+      <c r="M18" t="s">
+        <v>39</v>
+      </c>
+      <c r="N18" t="s">
+        <v>40</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>58</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2023</v>
       </c>
-      <c r="I8" t="s">
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>93</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
+      <c r="M19" t="s">
         <v>39</v>
       </c>
-      <c r="J8" t="s">
-[...8 lines deleted...]
-      <c r="M8" t="s">
+      <c r="N19" t="s">
+        <v>40</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>145</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>34</v>
       </c>
-      <c r="N8" t="s">
-[...67 lines deleted...]
-      <c r="H10">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2023</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>79</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>146</v>
+      </c>
+      <c r="M20" t="s">
+        <v>39</v>
+      </c>
+      <c r="N20" t="s">
+        <v>40</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>151</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>78</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>152</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>40</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>158</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
         <v>2024</v>
       </c>
-      <c r="I10" t="s">
-[...11 lines deleted...]
-      <c r="M10" t="s">
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>159</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>160</v>
+      </c>
+      <c r="M22" t="s">
+        <v>161</v>
+      </c>
+      <c r="N22" t="s">
+        <v>40</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>164</v>
+      </c>
+      <c r="B23" t="s">
+        <v>165</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>166</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>34</v>
       </c>
-      <c r="N10" t="s">
-[...38 lines deleted...]
-      <c r="M11" t="s">
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2024</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>159</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>167</v>
+      </c>
+      <c r="M23" t="s">
+        <v>161</v>
+      </c>
+      <c r="N23" t="s">
+        <v>40</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>169</v>
+      </c>
+      <c r="B24"/>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>99</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>34</v>
       </c>
-      <c r="N11" t="s">
-[...287 lines deleted...]
-      <c r="H18">
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>170</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>161</v>
+      </c>
+      <c r="N24" t="s">
+        <v>40</v>
+      </c>
+      <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>172</v>
+      </c>
+      <c r="B25" t="s">
+        <v>173</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>174</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>175</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2018</v>
       </c>
-      <c r="I18" t="s">
-[...267 lines deleted...]
-        <v>132</v>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>176</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25" t="s">
+        <v>177</v>
+      </c>
+      <c r="M25" t="s">
+        <v>178</v>
+      </c>
+      <c r="N25" t="s">
+        <v>40</v>
+      </c>
+      <c r="O25" t="s">
+        <v>179</v>
+      </c>
+      <c r="P25" t="s">
+        <v>180</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>