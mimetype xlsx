--- v0 (2025-12-13)
+++ v1 (2026-02-20)
@@ -2324,51 +2324,51 @@
       </c>
       <c r="P20" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>149</v>
       </c>
       <c r="B21" t="s">
         <v>150</v>
       </c>
       <c r="C21" t="s">
         <v>32</v>
       </c>
       <c r="D21" t="s">
         <v>151</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>60</v>
       </c>
       <c r="G21" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H21">
         <v>2021</v>
       </c>
       <c r="I21">
         <v>2024</v>
       </c>
       <c r="J21" t="s">
         <v>152</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
         <v>153</v>
       </c>
       <c r="M21" t="s">
         <v>36</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>154</v>
       </c>