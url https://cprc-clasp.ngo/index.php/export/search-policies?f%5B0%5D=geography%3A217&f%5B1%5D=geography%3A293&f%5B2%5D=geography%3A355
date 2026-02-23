--- v0 (2025-12-12)
+++ v1 (2026-02-23)
@@ -2215,51 +2215,51 @@
       </c>
       <c r="P15" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>121</v>
       </c>
       <c r="B16" t="s">
         <v>122</v>
       </c>
       <c r="C16" t="s">
         <v>68</v>
       </c>
       <c r="D16" t="s">
         <v>123</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>33</v>
       </c>
       <c r="G16" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16">
         <v>2024</v>
       </c>
       <c r="J16" t="s">
         <v>124</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>125</v>
       </c>
       <c r="M16" t="s">
         <v>71</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>126</v>
       </c>