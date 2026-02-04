--- v0 (2025-12-04)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -209,273 +209,231 @@
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
     <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
-[...2 lines deleted...]
-    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+    <t>MEPS for casement and window air-conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2025)</t>
+  </si>
+  <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
+  </si>
+  <si>
+    <t>MEPS for Televisions (2024/2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
-[...47 lines deleted...]
-- “AEC” means Annual Energy Consumption.</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
+  </si>
+  <si>
+    <t>Nigerian MEPS and Energy Label Guide</t>
+  </si>
+  <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
+  </si>
+  <si>
+    <t>May 2025</t>
+  </si>
+  <si>
+    <t>NIS IEC 62722-2-1
+,   
+                    NIS IEC 62722-2 series
+,   
+                    NIS IEC 61000-4-11; NIS IEC 61000-4-5
+,   
+                    NIS IEC 61000-4-7; NIS IEC 61000-3-2
+,   
+                    NIS IEC 61643-11
+,   
+                    IES LM-79 CIE S 025
+,   
+                    NIS IEC TR 61547-1
+,   
+                    NIS IEC TR 63158
+,   
+                    NIS CISPR 15
+,   
+                    NIS IEC 61547</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
-  </si>
-[...112 lines deleted...]
-    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
@@ -1076,61 +1034,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P35"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1365,51 +1323,51 @@
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>61</v>
       </c>
       <c r="B6" t="s">
         <v>62</v>
       </c>
       <c r="C6" t="s">
         <v>43</v>
       </c>
       <c r="D6" t="s">
         <v>63</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>64</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>65</v>
       </c>
       <c r="K6" t="s">
         <v>48</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>66</v>
       </c>
       <c r="N6" t="s">
         <v>51</v>
       </c>
       <c r="O6" t="s">
         <v>67</v>
       </c>
       <c r="P6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>69</v>
@@ -1458,1330 +1416,1188 @@
         <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>73</v>
       </c>
       <c r="B8" t="s">
         <v>74</v>
       </c>
       <c r="C8" t="s">
         <v>43</v>
       </c>
       <c r="D8" t="s">
         <v>75</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>64</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="H8">
+      <c r="H8"/>
+      <c r="I8">
         <v>2024</v>
       </c>
-      <c r="I8"/>
       <c r="J8" t="s">
         <v>65</v>
       </c>
       <c r="K8" t="s">
         <v>48</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>66</v>
       </c>
       <c r="N8" t="s">
         <v>51</v>
       </c>
       <c r="O8" t="s">
         <v>76</v>
       </c>
       <c r="P8" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>77</v>
       </c>
       <c r="B9" t="s">
         <v>78</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>79</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H9">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2022</v>
+      </c>
       <c r="J9" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="K9" t="s">
         <v>48</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
       <c r="M9" t="s">
         <v>66</v>
       </c>
       <c r="N9" t="s">
         <v>51</v>
       </c>
       <c r="O9" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B10" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
-        <v>83</v>
+        <v>63</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>84</v>
+        <v>65</v>
       </c>
       <c r="K10" t="s">
         <v>48</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
         <v>66</v>
       </c>
       <c r="N10" t="s">
         <v>51</v>
       </c>
       <c r="O10" t="s">
         <v>86</v>
       </c>
       <c r="P10" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>88</v>
       </c>
       <c r="B11" t="s">
         <v>89</v>
       </c>
       <c r="C11" t="s">
         <v>43</v>
       </c>
       <c r="D11" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
         <v>2025</v>
       </c>
-      <c r="I11"/>
       <c r="J11" t="s">
         <v>65</v>
       </c>
       <c r="K11" t="s">
         <v>48</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>66</v>
       </c>
       <c r="N11" t="s">
         <v>51</v>
       </c>
       <c r="O11" t="s">
         <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C12" t="s">
         <v>43</v>
       </c>
       <c r="D12" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>84</v>
+        <v>65</v>
       </c>
       <c r="K12" t="s">
         <v>48</v>
       </c>
-      <c r="L12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
         <v>66</v>
       </c>
       <c r="N12" t="s">
         <v>51</v>
       </c>
       <c r="O12" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B13" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C13" t="s">
         <v>43</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I13">
         <v>2025</v>
       </c>
+      <c r="I13"/>
       <c r="J13" t="s">
         <v>65</v>
       </c>
       <c r="K13" t="s">
         <v>48</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>66</v>
       </c>
       <c r="N13" t="s">
         <v>51</v>
       </c>
       <c r="O13" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="P13" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
         <v>100</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
         <v>101</v>
       </c>
-      <c r="C14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="F14" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="G14" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>65</v>
+        <v>103</v>
       </c>
       <c r="K14" t="s">
         <v>48</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>51</v>
       </c>
       <c r="O14" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="P14" t="s">
-        <v>87</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="H15"/>
+      <c r="H15">
+        <v>2024</v>
+      </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>65</v>
+        <v>108</v>
       </c>
       <c r="K15" t="s">
         <v>48</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>109</v>
+      </c>
       <c r="M15" t="s">
-        <v>66</v>
+        <v>110</v>
       </c>
       <c r="N15" t="s">
         <v>51</v>
       </c>
       <c r="O15" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="P15" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>79</v>
+        <v>115</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="F16" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H16">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
       <c r="J16" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="K16" t="s">
         <v>48</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>51</v>
       </c>
       <c r="O16" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="P16" t="s">
-        <v>91</v>
+        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="B17" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="E17" t="s">
-        <v>113</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>64</v>
+        <v>120</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>114</v>
+        <v>35</v>
       </c>
       <c r="K17" t="s">
         <v>48</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>121</v>
+      </c>
       <c r="M17" t="s">
-        <v>26</v>
+        <v>122</v>
       </c>
       <c r="N17" t="s">
         <v>51</v>
       </c>
       <c r="O17" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="P17" t="s">
-        <v>60</v>
+        <v>124</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="B18" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="C18" t="s">
-        <v>118</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="F18" t="s">
-        <v>45</v>
+        <v>128</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="K18" t="s">
         <v>48</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="N18" t="s">
         <v>51</v>
       </c>
       <c r="O18" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="P18" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="B19" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>94</v>
+        <v>135</v>
       </c>
       <c r="E19" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F19" t="s">
-        <v>64</v>
+        <v>128</v>
       </c>
       <c r="G19" t="s">
-        <v>46</v>
-[...6 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="K19" t="s">
         <v>48</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>26</v>
+        <v>130</v>
       </c>
       <c r="N19" t="s">
         <v>51</v>
       </c>
       <c r="O19" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="P19" t="s">
-        <v>60</v>
+        <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>139</v>
+      </c>
+      <c r="B20" t="s">
+        <v>140</v>
+      </c>
+      <c r="C20" t="s">
+        <v>43</v>
+      </c>
+      <c r="D20" t="s">
+        <v>141</v>
+      </c>
+      <c r="E20" t="s">
+        <v>102</v>
+      </c>
+      <c r="F20" t="s">
         <v>128</v>
       </c>
-      <c r="B20" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G20" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="K20" t="s">
         <v>48</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="N20" t="s">
         <v>51</v>
       </c>
       <c r="O20" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="P20" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="B21" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="C21" t="s">
         <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="E21" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F21" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>140</v>
+        <v>47</v>
       </c>
       <c r="K21" t="s">
         <v>48</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N21" t="s">
         <v>51</v>
       </c>
       <c r="O21" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="P21" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B22" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C22" t="s">
         <v>43</v>
       </c>
       <c r="D22" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="E22" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F22" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="G22" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>47</v>
       </c>
       <c r="K22" t="s">
         <v>48</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N22" t="s">
         <v>51</v>
       </c>
       <c r="O22" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="P22" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B23" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C23" t="s">
         <v>43</v>
       </c>
       <c r="D23" t="s">
-        <v>152</v>
+        <v>93</v>
       </c>
       <c r="E23" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F23" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="G23" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-      <c r="I23"/>
+        <v>46</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
       <c r="J23" t="s">
-        <v>47</v>
+        <v>129</v>
       </c>
       <c r="K23" t="s">
         <v>48</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N23" t="s">
         <v>51</v>
       </c>
       <c r="O23" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="P23" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B24" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C24" t="s">
         <v>43</v>
       </c>
       <c r="D24" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="E24" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F24" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="G24" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-      <c r="I24"/>
+        <v>46</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24">
+        <v>2012</v>
+      </c>
       <c r="J24" t="s">
-        <v>47</v>
+        <v>129</v>
       </c>
       <c r="K24" t="s">
         <v>48</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N24" t="s">
         <v>51</v>
       </c>
       <c r="O24" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="P24" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B25" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C25" t="s">
         <v>43</v>
       </c>
       <c r="D25" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="E25" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F25" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="G25" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="H25"/>
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>47</v>
+        <v>129</v>
       </c>
       <c r="K25" t="s">
         <v>48</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N25" t="s">
         <v>51</v>
       </c>
       <c r="O25" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="P25" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B26" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C26" t="s">
         <v>43</v>
       </c>
       <c r="D26" t="s">
-        <v>105</v>
+        <v>170</v>
       </c>
       <c r="E26" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F26" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="G26" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>140</v>
+        <v>171</v>
       </c>
       <c r="K26" t="s">
         <v>48</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N26" t="s">
         <v>51</v>
       </c>
       <c r="O26" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="P26" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B27" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C27" t="s">
         <v>43</v>
       </c>
       <c r="D27" t="s">
+        <v>176</v>
+      </c>
+      <c r="E27" t="s">
+        <v>102</v>
+      </c>
+      <c r="F27" t="s">
+        <v>128</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
         <v>171</v>
       </c>
-      <c r="E27" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K27" t="s">
-        <v>48</v>
+        <v>177</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N27" t="s">
         <v>51</v>
       </c>
       <c r="O27" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="P27" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="B28" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="C28" t="s">
         <v>43</v>
       </c>
       <c r="D28" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="E28" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F28" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>140</v>
+        <v>171</v>
       </c>
       <c r="K28" t="s">
-        <v>48</v>
+        <v>183</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N28" t="s">
         <v>51</v>
       </c>
       <c r="O28" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="P28" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="B29" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>43</v>
       </c>
       <c r="D29" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="E29" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F29" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29">
         <v>2017</v>
       </c>
-      <c r="I29"/>
       <c r="J29" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
       <c r="K29" t="s">
         <v>48</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N29" t="s">
         <v>51</v>
       </c>
       <c r="O29" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="P29" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="B30" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="C30" t="s">
         <v>43</v>
       </c>
       <c r="D30" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="E30" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F30" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2017</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
       <c r="K30" t="s">
-        <v>188</v>
+        <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N30" t="s">
         <v>51</v>
       </c>
       <c r="O30" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="P30" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="B31" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C31" t="s">
         <v>43</v>
       </c>
       <c r="D31" t="s">
-        <v>193</v>
+        <v>115</v>
       </c>
       <c r="E31" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F31" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H31">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I31"/>
+        <v>2012</v>
+      </c>
+      <c r="I31">
+        <v>2012</v>
+      </c>
       <c r="J31" t="s">
-        <v>182</v>
+        <v>129</v>
       </c>
       <c r="K31" t="s">
-        <v>194</v>
+        <v>48</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N31" t="s">
         <v>51</v>
       </c>
       <c r="O31" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="P31" t="s">
-        <v>196</v>
+        <v>157</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B32" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C32" t="s">
         <v>43</v>
       </c>
       <c r="D32" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="E32" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F32" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="G32" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="H32">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I32">
         <v>2017</v>
       </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
       <c r="K32" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N32" t="s">
         <v>51</v>
       </c>
       <c r="O32" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="P32" t="s">
-        <v>201</v>
-[...6 lines deleted...]
-      <c r="B33" t="s">
         <v>203</v>
-      </c>
-[...130 lines deleted...]
-        <v>214</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">