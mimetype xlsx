--- v0 (2025-10-12)
+++ v1 (2026-02-06)
@@ -12,779 +12,750 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
-    <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
+    <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
+    <t>MELS for Casement and Window Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
-    <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>ISO 5151:2017
+,   
+                    IEC 62301:2005
+,   
+                    IEC 62301:2011</t>
+  </si>
+  <si>
+    <t>National Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for Portable Air-Conditioners (2024)</t>
+  </si>
+  <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
+    <t>Portable ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
+  </si>
+  <si>
+    <t>MELS for Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for the following products:
+- Refrigerators without a freezer up to 900L
+- Refrigerators with a freezer up to 300L
+- Refrigerators with a freezer &gt; 300L to 900L
+- Refrigerators with freezer and through-the-door ice dispenser</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>IEC 62552:2007
+,   
+                    ISO 15502:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-refrigerators</t>
+  </si>
+  <si>
+    <t>MELS for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62087:2008
+,   
+                    IEC 62087:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
+  </si>
+  <si>
+    <t>MELS for Three-Phase VRF Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ISO 15042:2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
+  </si>
+  <si>
+    <t>MELS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
+  </si>
+  <si>
+    <t>MEPS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Portable Air-Conditioners (2024)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
+  </si>
+  <si>
+    <t>MEPS for Televisions (2024/2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>IEC 60034-2-1 (2014), Method 2-1-1B
+,   
+                    IEEE 112 (2004), Method B</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
+  </si>
+  <si>
+    <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
+,   
+                    IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
+  </si>
+  <si>
+    <t>Nigerian MEPS and Energy Label Guide</t>
+  </si>
+  <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
+  </si>
+  <si>
+    <t>Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...339 lines deleted...]
-  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
-    <t>Singapore Green Labeling Scheme: Televisions Sets</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
-    <t>Singapore Green Labelling Scheme: LEDs</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
-    <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1048,1983 +1019,1474 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N45"/>
+  <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...72 lines deleted...]
-      </c>
       <c r="N4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
         <v>45</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C5" t="s">
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
         <v>47</v>
       </c>
-      <c r="D5" t="s">
-[...31 lines deleted...]
-    <row r="6" spans="1:14">
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
         <v>52</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2024</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>47</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>45</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
+        <v>47</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8">
         <v>2008</v>
       </c>
-      <c r="H6">
+      <c r="I8">
         <v>2014</v>
       </c>
-      <c r="I6" t="s">
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" t="s">
+        <v>45</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>58</v>
+      </c>
+      <c r="N8" t="s">
+        <v>47</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>54</v>
       </c>
-      <c r="J6" t="s">
-[...2 lines deleted...]
-      <c r="K6" t="s">
+      <c r="G9" t="s">
         <v>55</v>
       </c>
-      <c r="L6" t="s">
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>56</v>
       </c>
-      <c r="M6" t="s">
-[...7 lines deleted...]
-      <c r="A7" t="s">
+      <c r="K9" t="s">
+        <v>45</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
         <v>58</v>
       </c>
-      <c r="B7" t="s">
-[...11 lines deleted...]
-      <c r="F7" t="s">
+      <c r="N9" t="s">
+        <v>47</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
         <v>60</v>
       </c>
-      <c r="G7">
-[...5 lines deleted...]
-      <c r="I7" t="s">
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>54</v>
       </c>
-      <c r="J7" t="s">
-[...5 lines deleted...]
-      <c r="L7" t="s">
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>56</v>
       </c>
-      <c r="M7" t="s">
-[...7 lines deleted...]
-      <c r="A8" t="s">
+      <c r="K10" t="s">
+        <v>45</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>58</v>
+      </c>
+      <c r="N10" t="s">
+        <v>47</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11">
+        <v>2024</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>64</v>
+      </c>
+      <c r="K11" t="s">
+        <v>45</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>58</v>
+      </c>
+      <c r="N11" t="s">
+        <v>47</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
         <v>63</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2025</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>64</v>
       </c>
-      <c r="D8" t="s">
-[...183 lines deleted...]
-      </c>
       <c r="K12" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="N12" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
         <v>52</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="E13" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>55</v>
       </c>
       <c r="H13">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="K13" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="L13" t="s">
+        <v>45</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>58</v>
+      </c>
+      <c r="N13" t="s">
+        <v>47</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" t="s">
+        <v>77</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2024</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>64</v>
+      </c>
+      <c r="K14" t="s">
+        <v>45</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>58</v>
+      </c>
+      <c r="N14" t="s">
+        <v>47</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>55</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
         <v>56</v>
       </c>
-      <c r="M13" t="s">
-[...7 lines deleted...]
-      <c r="A14" t="s">
+      <c r="K15" t="s">
+        <v>45</v>
+      </c>
+      <c r="L15" t="s">
+        <v>102</v>
+      </c>
+      <c r="M15" t="s">
+        <v>58</v>
+      </c>
+      <c r="N15" t="s">
+        <v>103</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" t="s">
         <v>82</v>
       </c>
-      <c r="B14" t="s">
-[...27 lines deleted...]
-      <c r="L14" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>55</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>56</v>
       </c>
-      <c r="M14" t="s">
-[...77 lines deleted...]
-      <c r="K16"/>
+      <c r="K16" t="s">
+        <v>45</v>
+      </c>
       <c r="L16" t="s">
-        <v>56</v>
+        <v>107</v>
       </c>
       <c r="M16" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="N16" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="B17" t="s">
-        <v>36</v>
+        <v>111</v>
       </c>
       <c r="C17" t="s">
         <v>52</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="E17" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I17" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>64</v>
+      </c>
+      <c r="K17" t="s">
+        <v>45</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>58</v>
+      </c>
+      <c r="N17" t="s">
+        <v>47</v>
+      </c>
+      <c r="O17" t="s">
+        <v>112</v>
+      </c>
+      <c r="P17" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>113</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F18" t="s">
         <v>54</v>
       </c>
-      <c r="J17" t="s">
-[...35 lines deleted...]
-        <v>2014</v>
+      <c r="G18" t="s">
+        <v>22</v>
       </c>
       <c r="H18">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>41</v>
+        <v>117</v>
       </c>
       <c r="K18" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="N18" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O18" t="s">
+        <v>118</v>
+      </c>
+      <c r="P18" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="B19" t="s">
-        <v>36</v>
+        <v>120</v>
       </c>
       <c r="C19" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>121</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="G19" t="s">
+        <v>55</v>
+      </c>
+      <c r="H19">
+        <v>2024</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="K19"/>
+        <v>123</v>
+      </c>
+      <c r="K19" t="s">
+        <v>45</v>
+      </c>
       <c r="L19" t="s">
-        <v>56</v>
+        <v>124</v>
       </c>
       <c r="M19" t="s">
-        <v>44</v>
+        <v>125</v>
       </c>
       <c r="N19" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O19" t="s">
+        <v>126</v>
+      </c>
+      <c r="P19" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>101</v>
+        <v>128</v>
       </c>
       <c r="B20" t="s">
-        <v>36</v>
+        <v>129</v>
       </c>
       <c r="C20" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>130</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>122</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>41</v>
+        <v>123</v>
       </c>
       <c r="K20" t="s">
-        <v>103</v>
+        <v>45</v>
       </c>
       <c r="L20" t="s">
-        <v>56</v>
+        <v>131</v>
       </c>
       <c r="M20" t="s">
-        <v>44</v>
+        <v>125</v>
       </c>
       <c r="N20" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="B21"/>
       <c r="C21" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>122</v>
+      </c>
+      <c r="G21" t="s">
+        <v>55</v>
       </c>
       <c r="H21">
-        <v>2024</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="K21" t="s">
+        <v>45</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>44</v>
+        <v>125</v>
       </c>
       <c r="N21" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O21" t="s">
+        <v>135</v>
+      </c>
+      <c r="P21" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>107</v>
+        <v>136</v>
       </c>
       <c r="B22" t="s">
-        <v>36</v>
+        <v>137</v>
       </c>
       <c r="C22" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="E22" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>6</v>
-[...7 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2018</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="K22"/>
+        <v>35</v>
+      </c>
+      <c r="K22" t="s">
+        <v>45</v>
+      </c>
       <c r="L22" t="s">
-        <v>56</v>
+        <v>140</v>
       </c>
       <c r="M22" t="s">
-        <v>44</v>
+        <v>141</v>
       </c>
       <c r="N22" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O22" t="s">
+        <v>142</v>
+      </c>
+      <c r="P22" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>109</v>
+        <v>144</v>
       </c>
       <c r="B23" t="s">
-        <v>36</v>
+        <v>145</v>
       </c>
       <c r="C23" t="s">
-        <v>76</v>
+        <v>52</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
       <c r="E23" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="F23" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>147</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>41</v>
+        <v>148</v>
       </c>
       <c r="K23" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="N23" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O23" t="s">
+        <v>150</v>
+      </c>
+      <c r="P23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="B24" t="s">
-        <v>36</v>
+        <v>153</v>
       </c>
       <c r="C24" t="s">
         <v>52</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>154</v>
       </c>
       <c r="E24" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="F24" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>147</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>41</v>
+        <v>148</v>
       </c>
       <c r="K24" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="N24" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O24" t="s">
+        <v>155</v>
+      </c>
+      <c r="P24" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>115</v>
+        <v>157</v>
       </c>
       <c r="B25" t="s">
-        <v>36</v>
+        <v>158</v>
       </c>
       <c r="C25" t="s">
         <v>52</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>159</v>
       </c>
       <c r="E25" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="F25" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>147</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
-        <v>2025</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="K25" t="s">
+        <v>45</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="N25" t="s">
+        <v>47</v>
+      </c>
+      <c r="O25" t="s">
+        <v>161</v>
+      </c>
+      <c r="P25" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>163</v>
+      </c>
+      <c r="B26" t="s">
+        <v>164</v>
+      </c>
+      <c r="C26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D26" t="s">
+        <v>165</v>
+      </c>
+      <c r="E26" t="s">
         <v>116</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2017</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="K26" t="s">
+        <v>166</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="N26" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O26" t="s">
+        <v>167</v>
+      </c>
+      <c r="P26" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>119</v>
+        <v>169</v>
       </c>
       <c r="B27" t="s">
-        <v>36</v>
+        <v>170</v>
       </c>
       <c r="C27" t="s">
-        <v>120</v>
+        <v>52</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>171</v>
       </c>
       <c r="E27" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="F27" t="s">
-        <v>6</v>
-[...7 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>41</v>
+        <v>160</v>
       </c>
       <c r="K27" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>122</v>
+        <v>149</v>
       </c>
       <c r="N27" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O27" t="s">
+        <v>173</v>
+      </c>
+      <c r="P27" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>124</v>
+        <v>175</v>
       </c>
       <c r="B28" t="s">
-        <v>36</v>
+        <v>176</v>
       </c>
       <c r="C28" t="s">
-        <v>87</v>
+        <v>52</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>177</v>
       </c>
       <c r="E28" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="F28" t="s">
-        <v>6</v>
-[...7 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>41</v>
+        <v>160</v>
       </c>
       <c r="K28" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="N28" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O28" t="s">
+        <v>178</v>
+      </c>
+      <c r="P28" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>127</v>
+        <v>180</v>
       </c>
       <c r="B29" t="s">
-        <v>36</v>
+        <v>181</v>
       </c>
       <c r="C29" t="s">
-        <v>91</v>
+        <v>52</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>182</v>
       </c>
       <c r="E29" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="N29" t="s">
-        <v>128</v>
-[...572 lines deleted...]
-      <c r="N43" t="s">
+        <v>47</v>
+      </c>
+      <c r="O29" t="s">
         <v>183</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" t="s">
+      <c r="P29" t="s">
         <v>184</v>
       </c>
-      <c r="B44" t="s">
-[...75 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>