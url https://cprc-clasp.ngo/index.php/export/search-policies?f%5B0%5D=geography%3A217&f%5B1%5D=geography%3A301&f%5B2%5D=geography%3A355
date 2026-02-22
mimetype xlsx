--- v0 (2025-12-11)
+++ v1 (2026-02-22)
@@ -8623,51 +8623,51 @@
       </c>
       <c r="P113" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
         <v>594</v>
       </c>
       <c r="B114" t="s">
         <v>595</v>
       </c>
       <c r="C114" t="s">
         <v>38</v>
       </c>
       <c r="D114" t="s">
         <v>596</v>
       </c>
       <c r="E114" t="s">
         <v>40</v>
       </c>
       <c r="F114" t="s">
         <v>65</v>
       </c>
       <c r="G114" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H114">
         <v>2021</v>
       </c>
       <c r="I114">
         <v>2024</v>
       </c>
       <c r="J114" t="s">
         <v>597</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
         <v>598</v>
       </c>
       <c r="M114" t="s">
         <v>42</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
         <v>599</v>
       </c>