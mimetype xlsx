--- v0 (2025-10-11)
+++ v1 (2025-12-06)
@@ -12,624 +12,812 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>May 2025</t>
+  </si>
+  <si>
+    <t>NIS IEC 60064
+,   
+                    NIS IEC 60357
+,   
+                    NIS IEC 60969
+,   
+                    NIS IEC 60081
+,   
+                    NIS IEC 62612
+,   
+                    NIS IEC 62717
+,   
+                    NIS IEC 63103
+,   
+                    NIS IEC 61000-4-11
+,   
+                    NIS IEC 61000-4-5
+,   
+                    NIS IEC 60901
+,   
+                    NIS IEC TR 61547-1
+,   
+                    NIS IEC TR 63158
+,   
+                    NIS CISPR 15
+,   
+                    NIS IEC 61547
+,   
+                    NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
+    <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
+  </si>
+  <si>
+    <t>NIS IEC 62722-2-1
+,   
+                    NIS IEC 62722-2 series
+,   
+                    NIS IEC 61000-4-11; NIS IEC 61000-4-5
+,   
+                    NIS IEC 61000-4-7; NIS IEC 61000-3-2
+,   
+                    NIS IEC 61643-11
+,   
+                    IES LM-79 CIE S 025
+,   
+                    NIS IEC TR 61547-1
+,   
+                    NIS IEC TR 63158
+,   
+                    NIS CISPR 15
+,   
+                    NIS IEC 61547</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
-[...84 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
+  </si>
+  <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -893,1447 +1081,1678 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N31"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>49</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...26 lines deleted...]
-      <c r="M3" t="s">
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>72</v>
+      </c>
+      <c r="G7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>63</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>63</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>64</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>66</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>64</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>66</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>72</v>
+      </c>
+      <c r="G11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>64</v>
+      </c>
+      <c r="K11" t="s">
+        <v>95</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>66</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" t="s">
+        <v>101</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>72</v>
+      </c>
+      <c r="G12" t="s">
+        <v>63</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>64</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>66</v>
+      </c>
+      <c r="N12" t="s">
+        <v>103</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>108</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>45</v>
+      </c>
+      <c r="G13" t="s">
+        <v>63</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>64</v>
+      </c>
+      <c r="K13" t="s">
+        <v>95</v>
+      </c>
+      <c r="L13" t="s">
+        <v>109</v>
+      </c>
+      <c r="M13" t="s">
+        <v>66</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
+        <v>108</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>72</v>
+      </c>
+      <c r="G14" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>64</v>
+      </c>
+      <c r="K14" t="s">
+        <v>95</v>
+      </c>
+      <c r="L14" t="s">
+        <v>114</v>
+      </c>
+      <c r="M14" t="s">
+        <v>66</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>72</v>
+      </c>
+      <c r="G15" t="s">
+        <v>63</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>64</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>66</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" t="s">
+        <v>119</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16" t="s">
+        <v>63</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>64</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>120</v>
+      </c>
+      <c r="M16" t="s">
+        <v>66</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>129</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>72</v>
+      </c>
+      <c r="G17" t="s">
+        <v>63</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>64</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>130</v>
+      </c>
+      <c r="M17" t="s">
+        <v>66</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>131</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" t="s">
+        <v>129</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>45</v>
+      </c>
+      <c r="G18" t="s">
+        <v>63</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>64</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>135</v>
+      </c>
+      <c r="M18" t="s">
+        <v>66</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>61</v>
+      </c>
+      <c r="D19" t="s">
+        <v>140</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>45</v>
+      </c>
+      <c r="G19" t="s">
+        <v>63</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2014</v>
+      </c>
+      <c r="J19" t="s">
+        <v>64</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>141</v>
+      </c>
+      <c r="M19" t="s">
+        <v>66</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20" t="s">
+        <v>145</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>72</v>
+      </c>
+      <c r="G20" t="s">
+        <v>63</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20">
+        <v>2013</v>
+      </c>
+      <c r="J20" t="s">
+        <v>64</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>141</v>
+      </c>
+      <c r="M20" t="s">
+        <v>66</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>61</v>
+      </c>
+      <c r="D21" t="s">
+        <v>150</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>45</v>
+      </c>
+      <c r="G21" t="s">
+        <v>63</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
+      <c r="J21" t="s">
+        <v>64</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>151</v>
+      </c>
+      <c r="M21" t="s">
+        <v>66</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>61</v>
+      </c>
+      <c r="D22" t="s">
+        <v>156</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>45</v>
+      </c>
+      <c r="G22" t="s">
+        <v>63</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
+        <v>64</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>65</v>
+      </c>
+      <c r="M22" t="s">
+        <v>66</v>
+      </c>
+      <c r="N22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" t="s">
+        <v>157</v>
+      </c>
+      <c r="P22" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>159</v>
+      </c>
+      <c r="B23" t="s">
+        <v>160</v>
+      </c>
+      <c r="C23" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" t="s">
+        <v>161</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>45</v>
+      </c>
+      <c r="G23" t="s">
+        <v>63</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>64</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>162</v>
+      </c>
+      <c r="M23" t="s">
+        <v>66</v>
+      </c>
+      <c r="N23" t="s">
+        <v>38</v>
+      </c>
+      <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>165</v>
+      </c>
+      <c r="B24" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" t="s">
+        <v>61</v>
+      </c>
+      <c r="D24" t="s">
+        <v>167</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>45</v>
+      </c>
+      <c r="G24" t="s">
+        <v>63</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24">
+        <v>2013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>64</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24" t="s">
+        <v>168</v>
+      </c>
+      <c r="M24" t="s">
+        <v>66</v>
+      </c>
+      <c r="N24" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" t="s">
+        <v>169</v>
+      </c>
+      <c r="P24" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" t="s">
+        <v>172</v>
+      </c>
+      <c r="C25" t="s">
+        <v>61</v>
+      </c>
+      <c r="D25" t="s">
+        <v>94</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>45</v>
+      </c>
+      <c r="G25" t="s">
+        <v>63</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>64</v>
+      </c>
+      <c r="K25" t="s">
+        <v>95</v>
+      </c>
+      <c r="L25" t="s">
+        <v>173</v>
+      </c>
+      <c r="M25" t="s">
+        <v>66</v>
+      </c>
+      <c r="N25" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" t="s">
+        <v>174</v>
+      </c>
+      <c r="P25" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>176</v>
+      </c>
+      <c r="B26" t="s">
+        <v>177</v>
+      </c>
+      <c r="C26" t="s">
+        <v>61</v>
+      </c>
+      <c r="D26" t="s">
+        <v>178</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>72</v>
+      </c>
+      <c r="G26" t="s">
+        <v>63</v>
+      </c>
+      <c r="H26">
+        <v>2012</v>
+      </c>
+      <c r="I26">
+        <v>2013</v>
+      </c>
+      <c r="J26" t="s">
+        <v>64</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
+        <v>96</v>
+      </c>
+      <c r="M26" t="s">
+        <v>66</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
+        <v>179</v>
+      </c>
+      <c r="P26" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>181</v>
+      </c>
+      <c r="B27" t="s">
+        <v>182</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>183</v>
+      </c>
+      <c r="E27" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
+      <c r="F27" t="s">
+        <v>72</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>36</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>184</v>
+      </c>
+      <c r="P27" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>185</v>
+      </c>
+      <c r="B28" t="s">
+        <v>186</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>187</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>34</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D4" t="s">
+      <c r="G28" t="s">
+        <v>188</v>
+      </c>
+      <c r="H28">
+        <v>2024</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>189</v>
+      </c>
+      <c r="K28" t="s">
         <v>37</v>
       </c>
-      <c r="E4" t="s">
+      <c r="L28" t="s">
+        <v>190</v>
+      </c>
+      <c r="M28" t="s">
+        <v>191</v>
+      </c>
+      <c r="N28" t="s">
         <v>38</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="O28" t="s">
+        <v>192</v>
+      </c>
+      <c r="P28" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>194</v>
+      </c>
+      <c r="B29" t="s">
+        <v>195</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>196</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2024</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>189</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29" t="s">
+        <v>197</v>
+      </c>
+      <c r="M29" t="s">
+        <v>191</v>
+      </c>
+      <c r="N29" t="s">
+        <v>38</v>
+      </c>
+      <c r="O29" t="s">
+        <v>198</v>
+      </c>
+      <c r="P29" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>199</v>
+      </c>
+      <c r="B30"/>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>145</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>188</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>200</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>191</v>
+      </c>
+      <c r="N30" t="s">
+        <v>38</v>
+      </c>
+      <c r="O30" t="s">
+        <v>201</v>
+      </c>
+      <c r="P30" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>202</v>
+      </c>
+      <c r="B31" t="s">
+        <v>203</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>204</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>72</v>
+      </c>
+      <c r="G31" t="s">
+        <v>63</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31">
+        <v>2019</v>
+      </c>
+      <c r="J31" t="s">
+        <v>46</v>
+      </c>
+      <c r="K31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>38</v>
+      </c>
+      <c r="O31" t="s">
+        <v>205</v>
+      </c>
+      <c r="P31" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>206</v>
+      </c>
+      <c r="B32" t="s">
+        <v>207</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>208</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>209</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2018</v>
       </c>
-      <c r="H4"/>
-[...32 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>46</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
+        <v>210</v>
+      </c>
+      <c r="M32" t="s">
+        <v>211</v>
+      </c>
+      <c r="N32" t="s">
         <v>38</v>
       </c>
-      <c r="F5" t="s">
-[...1154 lines deleted...]
-        <v>151</v>
+      <c r="O32" t="s">
+        <v>212</v>
+      </c>
+      <c r="P32" t="s">
+        <v>213</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>