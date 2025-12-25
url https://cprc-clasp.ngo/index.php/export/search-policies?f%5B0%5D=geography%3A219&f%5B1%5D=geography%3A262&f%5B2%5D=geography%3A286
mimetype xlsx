--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="585">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="595">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -191,104 +191,104 @@
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
@@ -584,50 +584,53 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
   </si>
@@ -837,50 +840,78 @@
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
@@ -1042,63 +1073,63 @@
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
-    <t>This policy defines star labeling requirements and minimum energy perfomance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
-    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=M</t>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
 This policy was revised in 2014, 2017 and 2020.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
@@ -1135,51 +1166,51 @@
   </si>
   <si>
     <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
   </si>
   <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
@@ -1601,51 +1632,51 @@
   <si>
     <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
     <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/Files/Air_Compressor_Schedule_Final.pdf</t>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
   </si>
   <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
     <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
   </si>
   <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-30-tyres</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
   </si>
   <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
     <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
@@ -2204,65 +2235,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P99"/>
+  <dimension ref="A1:P100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3576,3436 +3607,3484 @@
       </c>
       <c r="P28" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>179</v>
       </c>
       <c r="B29" t="s">
         <v>180</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>181</v>
       </c>
       <c r="E29" t="s">
         <v>62</v>
       </c>
       <c r="F29" t="s">
         <v>156</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>182</v>
       </c>
       <c r="H29">
         <v>2009</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
         <v>38</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>64</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P29" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E30" t="s">
         <v>62</v>
       </c>
       <c r="F30" t="s">
         <v>156</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30">
         <v>2019</v>
       </c>
       <c r="J30" t="s">
         <v>38</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M30" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="N30" t="s">
         <v>65</v>
       </c>
       <c r="O30" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P30" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B31" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E31" t="s">
         <v>62</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" t="s">
         <v>44</v>
       </c>
       <c r="H31">
         <v>2019</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K31" t="s">
         <v>51</v>
       </c>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31" t="s">
         <v>65</v>
       </c>
       <c r="O31" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P31" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B32" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
         <v>99</v>
       </c>
       <c r="E32" t="s">
         <v>62</v>
       </c>
       <c r="F32" t="s">
         <v>156</v>
       </c>
       <c r="G32" t="s">
         <v>44</v>
       </c>
       <c r="H32">
         <v>2019</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>38</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>64</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P32" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B33" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>93</v>
       </c>
       <c r="E33" t="s">
         <v>62</v>
       </c>
       <c r="F33" t="s">
         <v>156</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2000</v>
       </c>
       <c r="I33">
         <v>2019</v>
       </c>
       <c r="J33" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>64</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P33" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B34" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
         <v>80</v>
       </c>
       <c r="E34" t="s">
         <v>62</v>
       </c>
       <c r="F34" t="s">
         <v>156</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2009</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
         <v>38</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>64</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P34" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B35" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>105</v>
       </c>
       <c r="E35" t="s">
         <v>62</v>
       </c>
       <c r="F35" t="s">
         <v>156</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2010</v>
       </c>
       <c r="I35">
         <v>2019</v>
       </c>
       <c r="J35" t="s">
         <v>38</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="M35" t="s">
         <v>64</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P35" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B36" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E36" t="s">
         <v>62</v>
       </c>
       <c r="F36" t="s">
         <v>156</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2010</v>
       </c>
       <c r="I36">
         <v>2019</v>
       </c>
       <c r="J36" t="s">
         <v>38</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
         <v>87</v>
       </c>
       <c r="M36" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P36" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B37" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>110</v>
       </c>
       <c r="E37" t="s">
         <v>62</v>
       </c>
       <c r="F37" t="s">
         <v>156</v>
       </c>
       <c r="G37" t="s">
         <v>44</v>
       </c>
       <c r="H37">
         <v>2019</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>38</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>64</v>
       </c>
       <c r="N37" t="s">
         <v>65</v>
       </c>
       <c r="O37" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P37" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B38" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E38" t="s">
         <v>62</v>
       </c>
       <c r="F38" t="s">
         <v>156</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2014</v>
       </c>
       <c r="I38">
         <v>2019</v>
       </c>
       <c r="J38" t="s">
         <v>38</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>64</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P38" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B39" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C39" t="s">
         <v>115</v>
       </c>
       <c r="D39" t="s">
         <v>116</v>
       </c>
       <c r="E39" t="s">
         <v>62</v>
       </c>
       <c r="F39" t="s">
         <v>156</v>
       </c>
       <c r="G39" t="s">
         <v>44</v>
       </c>
       <c r="H39">
         <v>2023</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>38</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P39" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B40" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
         <v>121</v>
       </c>
       <c r="E40" t="s">
         <v>62</v>
       </c>
       <c r="F40" t="s">
         <v>156</v>
       </c>
       <c r="G40" t="s">
         <v>44</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
       <c r="I40">
         <v>2023</v>
       </c>
       <c r="J40" t="s">
         <v>122</v>
       </c>
       <c r="K40" t="s">
         <v>51</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P40" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B41" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E41" t="s">
         <v>62</v>
       </c>
       <c r="F41" t="s">
         <v>156</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2013</v>
       </c>
       <c r="I41">
         <v>2023</v>
       </c>
       <c r="J41" t="s">
         <v>38</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>64</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P41" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B42" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
         <v>70</v>
       </c>
       <c r="E42" t="s">
         <v>62</v>
       </c>
       <c r="F42" t="s">
         <v>156</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2015</v>
       </c>
       <c r="I42">
         <v>2024</v>
       </c>
       <c r="J42" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="K42" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>64</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P42" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B43" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C43" t="s">
         <v>115</v>
       </c>
       <c r="D43" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E43" t="s">
         <v>62</v>
       </c>
       <c r="F43" t="s">
         <v>156</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2024</v>
       </c>
       <c r="I43">
         <v>2024</v>
       </c>
       <c r="J43" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>64</v>
       </c>
       <c r="N43" t="s">
         <v>65</v>
       </c>
       <c r="O43" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="P43" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B44" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C44" t="s">
-        <v>18</v>
+        <v>115</v>
       </c>
       <c r="D44" t="s">
-        <v>128</v>
+        <v>259</v>
       </c>
       <c r="E44" t="s">
         <v>62</v>
       </c>
       <c r="F44" t="s">
         <v>156</v>
       </c>
       <c r="G44" t="s">
-        <v>44</v>
+        <v>260</v>
       </c>
       <c r="H44">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>38</v>
+        <v>261</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>129</v>
+        <v>262</v>
       </c>
       <c r="M44" t="s">
-        <v>64</v>
+        <v>263</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="P44" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="B45" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>262</v>
+        <v>128</v>
       </c>
       <c r="E45" t="s">
         <v>62</v>
       </c>
       <c r="F45" t="s">
         <v>156</v>
       </c>
       <c r="G45" t="s">
         <v>44</v>
       </c>
       <c r="H45">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>38</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="L45"/>
+      <c r="L45" t="s">
+        <v>129</v>
+      </c>
       <c r="M45" t="s">
         <v>64</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="P45" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="B46" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>252</v>
+        <v>272</v>
       </c>
       <c r="E46" t="s">
         <v>62</v>
       </c>
       <c r="F46" t="s">
         <v>156</v>
       </c>
       <c r="G46" t="s">
         <v>44</v>
       </c>
       <c r="H46">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>38</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>64</v>
       </c>
       <c r="N46" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="P46" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="B47" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>271</v>
+        <v>253</v>
       </c>
       <c r="E47" t="s">
         <v>62</v>
       </c>
       <c r="F47" t="s">
         <v>156</v>
       </c>
       <c r="G47" t="s">
         <v>44</v>
       </c>
       <c r="H47">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>38</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>64</v>
       </c>
       <c r="N47" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="O47" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="P47" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B48" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="E48" t="s">
         <v>62</v>
       </c>
       <c r="F48" t="s">
         <v>156</v>
       </c>
       <c r="G48" t="s">
         <v>44</v>
       </c>
       <c r="H48">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>38</v>
       </c>
       <c r="K48" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>64</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="P48" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B49" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="E49" t="s">
         <v>62</v>
       </c>
       <c r="F49" t="s">
         <v>156</v>
       </c>
       <c r="G49" t="s">
         <v>44</v>
       </c>
       <c r="H49">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>94</v>
+        <v>38</v>
       </c>
       <c r="K49" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>64</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="P49" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B50" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>134</v>
+        <v>291</v>
       </c>
       <c r="E50" t="s">
         <v>62</v>
       </c>
       <c r="F50" t="s">
         <v>156</v>
       </c>
       <c r="G50" t="s">
         <v>44</v>
       </c>
       <c r="H50">
         <v>2013</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>94</v>
       </c>
       <c r="K50" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
         <v>64</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="P50" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="B51" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="E51" t="s">
         <v>62</v>
       </c>
       <c r="F51" t="s">
         <v>156</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H51">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="I51">
         <v>2013</v>
       </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>291</v>
+        <v>94</v>
       </c>
       <c r="K51" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="L51"/>
+        <v>135</v>
+      </c>
+      <c r="L51" t="s">
+        <v>296</v>
+      </c>
       <c r="M51" t="s">
         <v>64</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="P51" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="B52" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>297</v>
+        <v>150</v>
       </c>
       <c r="E52" t="s">
         <v>62</v>
       </c>
       <c r="F52" t="s">
         <v>156</v>
       </c>
       <c r="G52" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H52">
+        <v>1992</v>
+      </c>
+      <c r="I52">
         <v>2013</v>
       </c>
-      <c r="I52"/>
       <c r="J52" t="s">
-        <v>23</v>
+        <v>301</v>
       </c>
       <c r="K52" t="s">
-        <v>24</v>
+        <v>302</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
         <v>64</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="P52" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B53" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="E53" t="s">
         <v>62</v>
       </c>
       <c r="F53" t="s">
         <v>156</v>
       </c>
       <c r="G53" t="s">
         <v>44</v>
       </c>
       <c r="H53">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>64</v>
       </c>
       <c r="N53" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="P53" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="B54" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C54" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="E54" t="s">
         <v>62</v>
       </c>
       <c r="F54" t="s">
-        <v>309</v>
+        <v>156</v>
       </c>
       <c r="G54" t="s">
-        <v>310</v>
+        <v>44</v>
       </c>
       <c r="H54">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>194</v>
+        <v>38</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
-      <c r="L54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L54"/>
       <c r="M54" t="s">
-        <v>312</v>
+        <v>64</v>
       </c>
       <c r="N54" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="O54" t="s">
         <v>313</v>
       </c>
-      <c r="P54"/>
+      <c r="P54" t="s">
+        <v>314</v>
+      </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B55" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C55" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D55" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="E55" t="s">
         <v>62</v>
       </c>
       <c r="F55" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G55" t="s">
-        <v>22</v>
+        <v>320</v>
       </c>
       <c r="H55">
         <v>2023</v>
       </c>
-      <c r="I55">
-[...1 lines deleted...]
-      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>317</v>
+        <v>195</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="M55" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>319</v>
-[...3 lines deleted...]
-      </c>
+        <v>323</v>
+      </c>
+      <c r="P55"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B56" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C56" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D56" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="E56" t="s">
         <v>62</v>
       </c>
       <c r="F56" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2009</v>
+        <v>2023</v>
       </c>
       <c r="I56">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J56" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="M56" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="P56" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B57" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C57" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D57" t="s">
-        <v>19</v>
+        <v>333</v>
       </c>
       <c r="E57" t="s">
         <v>62</v>
       </c>
       <c r="F57" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2009</v>
       </c>
       <c r="I57">
         <v>2024</v>
       </c>
       <c r="J57" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="M57" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="P57" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="B58" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="C58" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D58" t="s">
-        <v>334</v>
+        <v>19</v>
       </c>
       <c r="E58" t="s">
         <v>62</v>
       </c>
       <c r="F58" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I58">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="J58" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="M58" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="P58" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B59" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C59" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D59" t="s">
-        <v>186</v>
+        <v>344</v>
       </c>
       <c r="E59" t="s">
         <v>62</v>
       </c>
       <c r="F59" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="I59">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="J59" t="s">
-        <v>317</v>
+        <v>345</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="M59" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="P59" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="B60" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="C60" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D60" t="s">
-        <v>346</v>
+        <v>187</v>
       </c>
       <c r="E60" t="s">
         <v>62</v>
       </c>
       <c r="F60" t="s">
-        <v>156</v>
+        <v>319</v>
       </c>
       <c r="G60" t="s">
-        <v>310</v>
+        <v>22</v>
       </c>
       <c r="H60">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I60"/>
+        <v>2009</v>
+      </c>
+      <c r="I60">
+        <v>2023</v>
+      </c>
       <c r="J60" t="s">
-        <v>347</v>
+        <v>327</v>
       </c>
       <c r="K60" t="s">
-        <v>348</v>
+        <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="M60" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N60" t="s">
-        <v>350</v>
+        <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="P60" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B61" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C61" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D61" t="s">
-        <v>334</v>
+        <v>356</v>
       </c>
       <c r="E61" t="s">
         <v>62</v>
       </c>
       <c r="F61" t="s">
-        <v>309</v>
+        <v>156</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>320</v>
       </c>
       <c r="H61">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>317</v>
+        <v>357</v>
       </c>
       <c r="K61" t="s">
-        <v>24</v>
+        <v>358</v>
       </c>
       <c r="L61" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="M61" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N61" t="s">
-        <v>27</v>
+        <v>360</v>
       </c>
       <c r="O61" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="P61" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B62" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="C62" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D62" t="s">
-        <v>360</v>
+        <v>344</v>
       </c>
       <c r="E62" t="s">
         <v>62</v>
       </c>
       <c r="F62" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G62" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H62">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I62"/>
+        <v>2006</v>
+      </c>
+      <c r="I62">
+        <v>2024</v>
+      </c>
       <c r="J62" t="s">
-        <v>361</v>
+        <v>327</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="M62" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="P62" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B63" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C63" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D63" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="E63" t="s">
         <v>62</v>
       </c>
       <c r="F63" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G63" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H63">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>335</v>
+        <v>371</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="M63" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="P63" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="B64" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C64" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D64" t="s">
-        <v>367</v>
+        <v>377</v>
       </c>
       <c r="E64" t="s">
         <v>62</v>
       </c>
       <c r="F64" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="I64">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="J64" t="s">
-        <v>317</v>
+        <v>345</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="M64" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="P64" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="B65" t="s">
+        <v>382</v>
+      </c>
+      <c r="C65" t="s">
+        <v>317</v>
+      </c>
+      <c r="D65" t="s">
         <v>377</v>
-      </c>
-[...4 lines deleted...]
-        <v>378</v>
       </c>
       <c r="E65" t="s">
         <v>62</v>
       </c>
       <c r="F65" t="s">
-        <v>156</v>
+        <v>319</v>
       </c>
       <c r="G65" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H65">
         <v>2007</v>
       </c>
       <c r="I65">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J65" t="s">
-        <v>379</v>
+        <v>327</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
-      <c r="L65"/>
+      <c r="L65" t="s">
+        <v>383</v>
+      </c>
       <c r="M65" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="P65" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B66" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C66" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D66" t="s">
-        <v>367</v>
+        <v>388</v>
       </c>
       <c r="E66" t="s">
         <v>62</v>
       </c>
       <c r="F66" t="s">
-        <v>309</v>
+        <v>156</v>
       </c>
       <c r="G66" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="H66">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="I66">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="J66" t="s">
-        <v>335</v>
+        <v>389</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
-      <c r="L66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="P66" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="B67" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="C67" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D67" t="s">
-        <v>389</v>
+        <v>377</v>
       </c>
       <c r="E67" t="s">
         <v>62</v>
       </c>
       <c r="F67" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G67" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H67">
         <v>2015</v>
       </c>
       <c r="I67">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="J67" t="s">
-        <v>390</v>
+        <v>345</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="M67" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="P67" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="B68" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C68" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D68" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="E68" t="s">
         <v>62</v>
       </c>
       <c r="F68" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I68">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J68" t="s">
-        <v>317</v>
+        <v>400</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="M68" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="P68" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B69" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C69" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D69" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="E69" t="s">
         <v>62</v>
       </c>
       <c r="F69" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2009</v>
       </c>
       <c r="I69">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="J69" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="M69" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="P69" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="B70" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C70" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D70" t="s">
-        <v>19</v>
+        <v>412</v>
       </c>
       <c r="E70" t="s">
         <v>62</v>
       </c>
       <c r="F70" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G70" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H70">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I70"/>
+        <v>2009</v>
+      </c>
+      <c r="I70">
+        <v>2018</v>
+      </c>
       <c r="J70" t="s">
-        <v>361</v>
+        <v>345</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="M70" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="P70" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="B71" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="C71" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D71" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="E71" t="s">
         <v>62</v>
       </c>
       <c r="F71" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G71" t="s">
         <v>44</v>
       </c>
       <c r="H71">
         <v>2023</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="M71" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="P71" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="B72" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="C72" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D72" t="s">
-        <v>418</v>
+        <v>86</v>
       </c>
       <c r="E72" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F72" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G72" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="H72"/>
+        <v>44</v>
+      </c>
+      <c r="H72">
+        <v>2023</v>
+      </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>420</v>
+        <v>357</v>
       </c>
       <c r="K72" t="s">
-        <v>421</v>
-[...1 lines deleted...]
-      <c r="L72"/>
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>423</v>
+      </c>
       <c r="M72" t="s">
-        <v>422</v>
+        <v>322</v>
       </c>
       <c r="N72" t="s">
-        <v>423</v>
+        <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>424</v>
       </c>
       <c r="P72" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>426</v>
       </c>
       <c r="B73" t="s">
         <v>427</v>
       </c>
       <c r="C73" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D73" t="s">
-        <v>86</v>
+        <v>428</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G73" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>429</v>
+      </c>
+      <c r="H73"/>
+      <c r="I73"/>
       <c r="J73" t="s">
-        <v>335</v>
+        <v>430</v>
       </c>
       <c r="K73" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>431</v>
+      </c>
+      <c r="L73"/>
       <c r="M73" t="s">
-        <v>312</v>
+        <v>432</v>
       </c>
       <c r="N73" t="s">
-        <v>27</v>
+        <v>433</v>
       </c>
       <c r="O73" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="P73" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="B74" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="C74" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D74" t="s">
-        <v>433</v>
+        <v>86</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G74" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H74">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I74"/>
+        <v>2011</v>
+      </c>
+      <c r="I74">
+        <v>2019</v>
+      </c>
       <c r="J74" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K74" t="s">
-        <v>434</v>
+        <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="M74" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="P74" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B75" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="C75" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D75" t="s">
-        <v>32</v>
+        <v>443</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>21</v>
+        <v>319</v>
       </c>
       <c r="G75" t="s">
         <v>44</v>
       </c>
       <c r="H75">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K75" t="s">
-        <v>24</v>
+        <v>444</v>
       </c>
       <c r="L75" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="M75" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="P75" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="B76" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="C76" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D76" t="s">
-        <v>445</v>
+        <v>32</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>309</v>
+        <v>21</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H76">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="M76" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="P76" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="B77" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="C77" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D77" t="s">
-        <v>37</v>
+        <v>455</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>21</v>
+        <v>319</v>
       </c>
       <c r="G77" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H77">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I77"/>
+        <v>2013</v>
+      </c>
+      <c r="I77">
+        <v>2016</v>
+      </c>
       <c r="J77" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="M77" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="P77" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="B78" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="C78" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D78" t="s">
-        <v>456</v>
+        <v>37</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>309</v>
+        <v>21</v>
       </c>
       <c r="G78" t="s">
         <v>44</v>
       </c>
       <c r="H78">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="M78" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N78" t="s">
-        <v>458</v>
+        <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="P78" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B79" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C79" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D79" t="s">
-        <v>181</v>
+        <v>466</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G79" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H79">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I79"/>
       <c r="J79" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K79" t="s">
-        <v>434</v>
+        <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="M79" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N79" t="s">
-        <v>27</v>
+        <v>468</v>
       </c>
       <c r="O79" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="P79" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="B80" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="C80" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D80" t="s">
-        <v>308</v>
+        <v>181</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G80" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H80">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I80"/>
+        <v>2014</v>
+      </c>
+      <c r="I80">
+        <v>2016</v>
+      </c>
       <c r="J80" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K80" t="s">
-        <v>24</v>
+        <v>444</v>
       </c>
       <c r="L80" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="M80" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="P80" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="B81" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="C81" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D81" t="s">
-        <v>473</v>
+        <v>318</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G81" t="s">
         <v>44</v>
       </c>
       <c r="H81">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="M81" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="P81" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="B82" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="C82" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D82" t="s">
-        <v>396</v>
+        <v>483</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G82" t="s">
         <v>44</v>
       </c>
       <c r="H82">
         <v>2019</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K82" t="s">
-        <v>479</v>
+        <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="M82" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N82" t="s">
-        <v>481</v>
+        <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="P82" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="B83" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="C83" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D83" t="s">
-        <v>367</v>
+        <v>406</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G83" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H83">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I83"/>
       <c r="J83" t="s">
-        <v>317</v>
+        <v>345</v>
       </c>
       <c r="K83" t="s">
-        <v>24</v>
+        <v>489</v>
       </c>
       <c r="L83" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="M83" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N83" t="s">
-        <v>27</v>
+        <v>491</v>
       </c>
       <c r="O83" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="P83" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="B84" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="C84" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D84" t="s">
-        <v>316</v>
+        <v>377</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G84" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H84">
         <v>2020</v>
       </c>
-      <c r="I84"/>
+      <c r="I84">
+        <v>2023</v>
+      </c>
       <c r="J84" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="M84" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="P84" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="B85" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="C85" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D85" t="s">
-        <v>19</v>
+        <v>326</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G85" t="s">
         <v>44</v>
       </c>
       <c r="H85">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="M85" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="P85" t="s">
-        <v>410</v>
+        <v>503</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="B86" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="C86" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D86" t="s">
-        <v>500</v>
+        <v>19</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G86" t="s">
         <v>44</v>
       </c>
       <c r="H86">
         <v>2021</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="M86" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N86" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="P86" t="s">
-        <v>503</v>
+        <v>420</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="B87" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="C87" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D87" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G87" t="s">
         <v>44</v>
       </c>
       <c r="H87">
         <v>2021</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="M87" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N87" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="O87" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="P87" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="B88" t="s">
+        <v>515</v>
+      </c>
+      <c r="C88" t="s">
+        <v>317</v>
+      </c>
+      <c r="D88" t="s">
         <v>510</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G88" t="s">
         <v>44</v>
       </c>
       <c r="H88">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>317</v>
+        <v>345</v>
       </c>
       <c r="K88" t="s">
-        <v>511</v>
+        <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="M88" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N88" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="P88" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="B89" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="C89" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D89" t="s">
-        <v>517</v>
+        <v>43</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G89" t="s">
         <v>44</v>
       </c>
       <c r="H89">
         <v>2024</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="K89" t="s">
-        <v>24</v>
+        <v>521</v>
       </c>
       <c r="L89" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="M89" t="s">
-        <v>519</v>
+        <v>322</v>
       </c>
       <c r="N89" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="O89" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="P89" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="B90" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="C90" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D90" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G90" t="s">
         <v>44</v>
       </c>
       <c r="H90">
         <v>2024</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="M90" t="s">
-        <v>312</v>
+        <v>529</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="P90" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="B91" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="C91" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D91" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G91" t="s">
         <v>44</v>
       </c>
       <c r="H91">
-        <v>2010</v>
+        <v>2024</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="M91" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="P91" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="B92" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="C92" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D92" t="s">
-        <v>433</v>
+        <v>540</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G92" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H92">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I92"/>
       <c r="J92" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="M92" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="P92" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="B93" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="C93" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D93" t="s">
-        <v>541</v>
+        <v>443</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G93" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H93">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I93"/>
+        <v>2008</v>
+      </c>
+      <c r="I93">
+        <v>2019</v>
+      </c>
       <c r="J93" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K93" t="s">
-        <v>348</v>
+        <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="M93" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="P93" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="B94" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="C94" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D94" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G94" t="s">
         <v>44</v>
       </c>
       <c r="H94">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="K94" t="s">
-        <v>24</v>
+        <v>358</v>
       </c>
       <c r="L94" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="M94" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="P94" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="B95" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="C95" t="s">
-        <v>553</v>
+        <v>317</v>
       </c>
       <c r="D95" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="E95" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>555</v>
+        <v>319</v>
       </c>
       <c r="G95" t="s">
         <v>44</v>
       </c>
       <c r="H95">
         <v>2021</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>556</v>
+        <v>345</v>
       </c>
       <c r="K95" t="s">
-        <v>479</v>
+        <v>24</v>
       </c>
       <c r="L95" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="M95" t="s">
-        <v>558</v>
+        <v>322</v>
       </c>
       <c r="N95" t="s">
-        <v>458</v>
+        <v>27</v>
       </c>
       <c r="O95" t="s">
         <v>559</v>
       </c>
       <c r="P95" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
         <v>561</v>
       </c>
       <c r="B96" t="s">
         <v>562</v>
       </c>
       <c r="C96" t="s">
         <v>563</v>
       </c>
       <c r="D96" t="s">
         <v>564</v>
       </c>
       <c r="E96" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F96" t="s">
-        <v>309</v>
+        <v>565</v>
       </c>
       <c r="G96" t="s">
-        <v>310</v>
+        <v>44</v>
       </c>
       <c r="H96">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="K96" t="s">
-        <v>24</v>
+        <v>489</v>
       </c>
       <c r="L96" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="M96" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="N96" t="s">
-        <v>27</v>
+        <v>468</v>
       </c>
       <c r="O96" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="P96" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B97" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C97" t="s">
-        <v>18</v>
+        <v>573</v>
       </c>
       <c r="D97" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>156</v>
+        <v>319</v>
       </c>
       <c r="G97" t="s">
-        <v>44</v>
+        <v>320</v>
       </c>
       <c r="H97">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
-        <v>38</v>
+        <v>575</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
-      <c r="L97"/>
-      <c r="M97"/>
+      <c r="L97" t="s">
+        <v>576</v>
+      </c>
+      <c r="M97" t="s">
+        <v>577</v>
+      </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="P97" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="B98" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="C98" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
       <c r="D98" t="s">
-        <v>37</v>
+        <v>582</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>156</v>
       </c>
       <c r="G98" t="s">
         <v>44</v>
       </c>
       <c r="H98">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>38</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="P98" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="B99" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="C99" t="s">
-        <v>307</v>
+        <v>115</v>
       </c>
       <c r="D99" t="s">
-        <v>581</v>
+        <v>37</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
+        <v>156</v>
+      </c>
+      <c r="G99" t="s">
+        <v>44</v>
+      </c>
+      <c r="H99">
+        <v>2013</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>38</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99"/>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>587</v>
+      </c>
+      <c r="P99" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>589</v>
+      </c>
+      <c r="B100" t="s">
+        <v>590</v>
+      </c>
+      <c r="C100" t="s">
+        <v>317</v>
+      </c>
+      <c r="D100" t="s">
+        <v>591</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
         <v>21</v>
       </c>
-      <c r="G99" t="s">
+      <c r="G100" t="s">
         <v>22</v>
       </c>
-      <c r="H99">
+      <c r="H100">
         <v>2011</v>
       </c>
-      <c r="I99">
+      <c r="I100">
         <v>2017</v>
       </c>
-      <c r="J99" t="s">
-[...16 lines deleted...]
-        <v>584</v>
+      <c r="J100" t="s">
+        <v>430</v>
+      </c>
+      <c r="K100" t="s">
+        <v>431</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>592</v>
+      </c>
+      <c r="N100" t="s">
+        <v>433</v>
+      </c>
+      <c r="O100" t="s">
+        <v>593</v>
+      </c>
+      <c r="P100" t="s">
+        <v>594</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">