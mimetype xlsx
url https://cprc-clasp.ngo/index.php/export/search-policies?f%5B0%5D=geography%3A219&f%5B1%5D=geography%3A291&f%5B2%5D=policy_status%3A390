--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -12,154 +12,173 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>Freezers-only</t>
-  </si>
-[...13 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
@@ -200,51 +219,51 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
     <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
@@ -584,51 +603,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P8"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="563.862" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -692,352 +711,398 @@
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2025</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2" t="s">
+      <c r="L2"/>
+      <c r="M2" t="s">
         <v>25</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>26</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>27</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="N3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
         <v>40</v>
       </c>
-      <c r="M4" t="s">
-[...5 lines deleted...]
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H5">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
         <v>46</v>
       </c>
-      <c r="M5" t="s">
-[...5 lines deleted...]
-      <c r="O5" t="s">
+      <c r="P5" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H6">
         <v>2020</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
         <v>52</v>
       </c>
-      <c r="M6" t="s">
-[...5 lines deleted...]
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
         <v>59</v>
-      </c>
-[...10 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
+        <v>38</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
         <v>67</v>
       </c>
-      <c r="K8" t="s">
+      <c r="B9" t="s">
         <v>68</v>
       </c>
-      <c r="L8" t="s">
+      <c r="C9" t="s">
         <v>69</v>
       </c>
-      <c r="M8" t="s">
+      <c r="D9" t="s">
         <v>70</v>
       </c>
-      <c r="N8" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>71</v>
       </c>
-      <c r="O8" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>72</v>
       </c>
-      <c r="P8" t="s">
+      <c r="K9" t="s">
         <v>73</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>76</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">